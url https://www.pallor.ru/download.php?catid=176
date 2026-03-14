--- v0 (2026-01-28)
+++ v1 (2026-03-14)
@@ -1,43 +1,7121 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+</file>
+
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
+  <workbookPr codeName="ThisWorkbook"/>
+  <bookViews>
+    <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
+  </bookViews>
+  <sheets>
+    <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
+  </sheets>
+  <definedNames/>
+  <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
+</workbook>
+</file>
+
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2338">
+  <si>
+    <t>Артикул</t>
+  </si>
+  <si>
+    <t>Производитель</t>
+  </si>
+  <si>
+    <t>Модификация</t>
+  </si>
+  <si>
+    <t>Цена</t>
+  </si>
+  <si>
+    <t>Arlight</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-R35WH 1W White 30deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-R35WH 1W Day White 30deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-R35WH 1W Warm White 30deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-R45WH 3W White 30deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-R45WH 3W Day White 30deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-R45WH 3W Warm White 30deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-R52WH 3W White 30deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-R52WH 3W Day White 30deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-R52WH 3W Warm White 30deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-R60WH-Frost 3W White 110deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-R60WH-Frost 3W Day White 110deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-R60WH-Frost 3W Warm White 110deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-R70WH-Frost 4.5W White 110deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-R70WH-Frost 4.5W Day White 110deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-R70WH-Frost 4.5W Warm White 110deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-R50WH 5W White 25deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-R50WH 5W Day White 25deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-R50WH 5W Warm White 25deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-R65WH 5W Day White 10deg (Arlight, IP44 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-R65WH 5W Warm White 10deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-S46x46WH 3W White 30deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-S46x46WH 3W Day White 30deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-S46x46WH 3W Warm White 30deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-S60x60WH 3W White 30deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-S60x60WH 3W Day White 30deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-S60x60WH 3W Warm White 30deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-S60x60WH-Frost 3W White 110deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-S60x60WH-Frost 3W Day White 110deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-S50x50WH 5W White 25deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-S50x50WH 5W Day White 25deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-S50x50WH 5W Warm White 25deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-BL90-5W White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-BL90-5W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-BL90-5W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-BL125-9W White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-BL125-9W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-BL125-9W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-BL145-12W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-BL145-12W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-BL180-18W White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-BL180-18W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-BL180-18W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-BL225-24W White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-BL225-24W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-BL225-24W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Вставка SP-POLO-R65 (WH, 3-3) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Вставка SP-POLO-R65 (GD, 3-3) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Вставка SP-POLO-R65 (BK, 3-3) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Вставка SP-POLO-R85 (WH, 3-3) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Вставка SP-POLO-R85 (GD, 3-3) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Вставка SP-POLO-R85 (BK, 3-3) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Вставка SP-POLO-R95 (WH, 3-3) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-SURFACE-FLAP-R65 (WH, 1-3, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-SURFACE-FLAP-R85 (WH, 1-3, 350mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-SURFACE-R65 (WH, 1-3, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-SURFACE-R85 (WH, 1-3, 350mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-SURFACE-TURN-R85 (WH, 1-3, 350mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Цилиндр накладной SP-POLO-R85S Silver (1-3) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-SURFACE-FLAP-R65 (BK, 1-3, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-SURFACE-FLAP-R85 (BK, 1-3, 350mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-SURFACE-R65 (BK, 1-3, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-SURFACE-R85 (BK, 1-3, 350mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Цилиндр накладной SP-POLO-R85S Black (1-3) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-SURFACE-TURN-R85 (BK, 1-3, 350mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый LGD-A3P-F-1000 White-M (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый LGD-4TR-TRACK-F-1000-WH-M (C) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый LGD-4TR-TRACK-F-2000-WH-M (C) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек LGD-A3P-1000 White-M (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек белый LGD-L3-4TR-WH-1000 (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек LGD-4TR-TRACK-1000-WH-M (C) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек LGD-4TR-TRACK-2000-WH-M (C) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек LGD-D3P-1000 White-M (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек LGD-D3P-2000 White-M (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек LGD-D3P-3000 White-M (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек LGD-D3P-4000 White-M (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор питания LGD-4TR-CON-POWER-L-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор питания LGD-4TR-CON-POWER-R-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор питания LGD-4TR-CON-POWER-L-WH (D) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор питания LGD-4TR-CON-POWER-R-WH (D) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Заглушка LGD-4TR-CAP-F-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Заглушка LGD-4TR-CAP-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Заглушка LGD-4TR-CAP-WH (D) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Подвес LGD-4TR-HANG-1-WH (C) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Подвес LGD-4TR-HANG-2-WH (C) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Подвес LGD-4TR-HANG-2-L1500-WH (D) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Подвес LGD-4TR-HANG-2-L3000-WH (D) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Подвес LGD-4TR-HANG-2-L5000-WH (D) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Крепление LGD-4TR-BRACKET-WH (D) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Зажим LGD-4TR-CLIP-WH (C) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Зажим LGD-4TR-CLIP-WH (D) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор внутренний LGD-4TR-CON-MINI-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор внутренний LGD-4TR-CON-MINI-WH (D) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор прямой LGD-4TR-CON-LONG-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор гибкий LGD-4TR-CON-FLEX-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой LGD-4TR-CON-L-EXT-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой LGD-4TR-CON-L-INT-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой LGD-4TR-CON-L-EXT-WH (D) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой LGD-4TR-CON-L-INT-WH (D) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор тройной LGD-4TR-CON-INT-L2-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор тройной LGD-4TR-CON-INT-R2-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор тройной LGD-4TR-CON-EXT-L1-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор тройной LGD-4TR-CON-EXT-R1-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор крестовой LGD-4TR-CON-X-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Адаптер LGD-4TR-ADAPTER-DALI-1-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Адаптер LGD-4TR-ADAPTER-1-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>База накладная LGD-4TR-BASE-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Накладка LGD-4TR-PLANK-POWER-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Накладка LGD-4TR-PLANK-L-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Накладка LGD-4TR-PLANK-T-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Накладка LGD-4TR-PLANK-X-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Накладка LGD-4TR-PLANK-LONG-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый LGD-4TR-TRACK-F-1000-BK-M (C) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый LGD-4TR-TRACK-F-2000-BK-M (C) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек LGD-4TR-TRACK-1000-BK-M (C) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек LGD-4TR-TRACK-2000-BK-M (C) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек LGD-4TR-TRACK-1000-BK-MP (D) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек LGD-D3P-TRACK-1000-BK-M (D) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек LGD-D3P-2000 Black-M (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек LGD-4TR-TRACK-2000-BK-M (D) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек LGD-4TR-TRACK-2000-BK-MP (D) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек LGD-4TR-TRACK-3000-BK-MP (D) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек LGD-D3P-TRACK-3000-BK-M (D) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек LGD-D3P-4000 Black-M (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек LGD-4TR-TRACK-4000-BK-M (D) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек LGD-4TR-TRACK-4000-BK-MP (D) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор питания LGD-4TR-CON-POWER-R-BK (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор питания LGD-4TR-CON-POWER-L-BK (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор питания LGD-4TR-CON-POWER-R-BK (D) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор питания LGD-4TR-CON-POWER-L-BK (D) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Заглушка LGD-4TR-CAP-F-BK (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Заглушка LGD-4TR-CAP-BK (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Заглушка LGD-4TR-CAP-BK (D) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Подвес LGD-4TR-HANG-2-BK (C) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Подвес LGD-4TR-HANG-1-BK (C) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Подвес LGD-4TR-HANG-2-L1500-BK (D) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Подвес LGD-4TR-HANG-2-L3000-BK (D) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Подвес LGD-4TR-HANG-2-L5000-BK (D) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Крепление LGD-4TR-BRACKET-BK (D) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Зажим LGD-4TR-CLIP-BK (C) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Зажим LGD-4TR-CLIP-BK (D) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор внутренний LGD-4TR-CON-MINI-BK (C) (Arlight, IP20 Пластик)</t>
+  </si>
+  <si>
+    <t>Коннектор внутренний LGD-4TR-CON-MINI-BK (D) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор прямой LGD-4TR-CON-LONG-BK (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор гибкий LGD-4TR-CON-FLEX-BK (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой LGD-4TR-CON-L-EXT-BK (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой LGD-4TR-CON-L-INT-BK (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой LGD-4TR-CON-L-INT-BK (D) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой LGD-4TR-CON-L-EXT-BK (D) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор тройной LGD-4TR-CON-EXT-L1-BK (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор тройной LGD-4TR-CON-EXT-R1-BK (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор тройной LGD-4TR-CON-INT-L2-BK (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор тройной LGD-4TR-CON-INT-R2-BK (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор крестовой LGD-4TR-CON-X-BK (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Адаптер LGD-4TR-ADAPTER-DALI-1-BK (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Адаптер LGD-4TR-ADAPTER-1-BK (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>База накладная LGD-4TR-BASE-BK (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Накладка LGD-4TR-PLANK-POWER-BK (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Накладка LGD-4TR-PLANK-L-BK (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Накладка LGD-4TR-PLANK-T-BK (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Накладка LGD-4TR-PLANK-X-BK (C) (Arlight, IP40 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Накладка LGD-4TR-PLANK-LONG-BK (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Крышка LGD-4TR-COVER-1000-BK-M (C) (Arlight, Пластик)</t>
+  </si>
+  <si>
+    <t>Заглушка LGD-4TR-CAP-STRETCH-BK (Arlight, Алюминий+пластик)</t>
+  </si>
+  <si>
+    <t>Профиль-держатель LGD-STRETCH-4TR-500 (Arlight, Алюминий)</t>
+  </si>
+  <si>
+    <t>Профиль-держатель LGD-STRETCH-4TR-2000 (Arlight, Алюминий)</t>
+  </si>
+  <si>
+    <t>Трек LGD-2TR-TRACK-1000-WH-M (C) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек LGD-2TR-TRACK-2000-WH-M (C) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор питания LGD-2TR-CON-POWER-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Заглушка LGD-2TR-CAP-WH (C) (Arlight, IP40 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Подвес LGD-2TR-HANG-1-WH (C) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор внутренний LGD-2TR-CON-MINI-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор гибкий LGD-2TR-CON-FLEX-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой LGD-2TR-CON-L-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор тройной LGD-2TR-CON-T-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор LGD-54-X-WH (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Адаптер LGD-2TR-ADAPTER-1-WH (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек LGD-2TR-TRACK-1000-BK (C) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек LGD-2TR-TRACK-2000-BK (C) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор питания LGD-2TR-CON-POWER-BK (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Заглушка LGD-2TR-CAP-BK (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Подвес LGD-2TR-HANG-1-BK (C) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор внутренний LGD-2TR-CON-MINI-BK (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор гибкий LGD-2TR-CON-FLEX-BK (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой LGD-2TR-CON-L-BK (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор тройной LGD-2TR-CON-T-BK (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Крестовой коннектор LGD-B1P-X Black (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Адаптер LGD-2TR-ADAPTER-1-BK (C) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>База встраиваемая LGD-2TR-BASE-F-BK (C) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник BAR-2411-300A-4W 12V White (Arlight, Закрытый)</t>
+  </si>
+  <si>
+    <t>Светильник BAR-2411-300A-4W 12V Day (Arlight, Закрытый)</t>
+  </si>
+  <si>
+    <t>Светильник BAR-2411-300A-4W 12V Warm (Arlight, Закрытый)</t>
+  </si>
+  <si>
+    <t>Светильник BAR-2411-500A-6W 12V Day (Arlight, Закрытый)</t>
+  </si>
+  <si>
+    <t>Светильник BAR-2411-500A-6W 12V Warm (Arlight, Закрытый)</t>
+  </si>
+  <si>
+    <t>Светильник BAR-2411-1000A-12W 12V White (Arlight, Закрытый)</t>
+  </si>
+  <si>
+    <t>Светильник BAR-2411-1000A-12W 12V Day (Arlight, Закрытый)</t>
+  </si>
+  <si>
+    <t>Светильник BAR-2411-1000A-12W 12V Warm (Arlight, Закрытый)</t>
+  </si>
+  <si>
+    <t>Модуль Сенсорный BAR-2411-IR-12V (J3.5mm, Female) (Arlight, Компактный)</t>
+  </si>
+  <si>
+    <t>Модуль BAR-2411-CONNECTOR-12V (J3.5mm, Female) (Arlight, Компактный)</t>
+  </si>
+  <si>
+    <t>Модуль Сенсорный BAR-2411-TOUCH-DIMM-12V (J3.5mm, Female) (Arlight, Компактный)</t>
+  </si>
+  <si>
+    <t>Разветвитель BAR-DT-4xF 30cm (22AWG, 3A, 12-24V, Female) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Разветвитель BAR-DT-6xF 30cm (22AWG, 3A, 12-24V, Female) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Гибкий коннектор J3.5-15cm (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Гибкий коннектор BAR-J3.5mm-DT 200cm (20AWG, Male-Male) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-BUILT-R65 (WH, 1-3, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-BUILT-R65 (BK, 1-3, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-BUILT-R95 (WH, 1-3, 600mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-BUILT-R95 (BK, 1-3, 600mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный SP-POLO-R65-8W White (40 deg, 2-3, 200mA) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный SP-POLO-R65-8W Day (40 deg, 2-3, 200mA) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный SP-POLO-R65-8W Warm (40 deg, 2-3, 200mA) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный SP-POLO-R85-15W White (40 deg, 2-3, 350mA) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Светодиодный модуль SP-POLO-15W White 40deg (2-3) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светодиодный модуль SP-POLO-15W Day White 40deg (2-3) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный SP-POLO-R85-15W Day (40 deg, 2-3, 350mA) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный SP-POLO-R85-15W Warm (40 deg, 2-3, 350mA) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный SP-POLO-R95-25W Day (40 deg, 2-3, 600mA) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R67-10W White (WH, 20-60 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R67-10W White6000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R67-10W Day4000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R67-10W Warm3000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R88-20W White6000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R88-20W Day4000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R88-20W Warm3000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R88-20W Warm (WH, 20-60 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R100-30W Day5000 (WH, 20-60 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R100-30W Day (WH, 20-60 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R100-30W Warm (WH, 20-60 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-TWIST-TRACK-4TR-S60x60-12W Day4000 (WH-BK, 30 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-TWIST-TRACK-4TR-S60x60-12W Warm3000 (WH-BK, 30 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-TWIST-TRACK-4TR-R70-15W White5000 (WH-BK, 30 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-TWIST-TRACK-4TR-R70-15W Day4000 (WH-BK, 30 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-TWIST-TRACK-4TR-R70-15W Warm3000 (WH-BK, 30 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-TUBE-TURN-4TR-L600-20W Day4000 (WH, 180 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-TUBE-TURN-4TR-L600-20W Warm3000 (WH, 180 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-TUBE-TURN-4TR-L900-30W Warm3000 (WH, 180 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-TUBE-TURN-4TR-L900-30W Day4000 (WH, 180 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-SHOP-4TR-R100-40W White6000 (WH, 24 deg) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-SHOP-4TR-R100-40W Day4000 (WH, 24 deg) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-SHOP-PREMIUM-4TR-R100-40W Warm3000 (WH, 24 deg) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-SHOP-4TR-R100-40W Warm3000 (WH, 24 deg) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-PIPE-R65-8W White5000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-PIPE-R65-8W White5000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-PIPE-R65-8W White5000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-PIPE-R65-8W Day4000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-PIPE-R65-8W Day4000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-PIPE-R65-8W Day4000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-PIPE-R65-8W Warm3000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-PIPE-R65-8W Warm3000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-PIPE-R65-8W Warm3000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R65-8W White5000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R65-8W White5000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R65-8W White5000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R65-8W Day4000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R65-8W Day4000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R65-8W Day4000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R65-8W Warm3000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R65-8W Warm3000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R65-8W Warm3000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-TURN-R85-15W White5000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-TURN-R85-15W White5000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-TURN-R85-15W White5000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-TURN-R85-15W Day4000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-TURN-R85-15W Day4000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-TURN-R85-15W Day4000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-TURN-R85-15W Warm3000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-TURN-R85-15W Warm3000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-TURN-R85-15W Warm3000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R85-15W White5000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R85-15W White5000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R85-15W White5000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R85-15W Day4000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R85-15W Day4000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R85-15W Day4000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R85-15W Warm3000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R85-15W Warm3000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R85-15W Warm3000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-NIKA-4TR-R100-20W White6000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-NIKA-4TR-R100-20W Day4000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-NIKA-4TR-R100-20W Warm3000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-NIKA-4TR-R100-30W White6000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-NIKA-4TR-R100-30W Day4000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-NIKA-4TR-R100-30W Warm3000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-NIKA-4TR-R100-40W White6000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-NIKA-4TR-R100-40W Day4000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-NIKA-4TR-R100-40W Warm3000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-MONA-TRACK-4TR-R100-12W White5000 (WH, 24 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-MONA-TRACK-4TR-R100-12W Warm3000 (WH, 24 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-MONA-TRACK-4TR-R100-12W Day4000 (WH, 24 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-MARS-4TR-S582x138-50W White6000 (WH, 60-130 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-MARS-4TR-S582x138-50W Day4000 (WH, 60-130 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LOFT-TRACK-4TR-S170-10W White6000 (WH, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LOFT-TRACK-4TR-S170-10W Day4000 (WH, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LOFT-TRACK-4TR-S170-10W Warm3000 (WH, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LOFT-TRACK-4TR-S170-20W White6000 (WH, 24 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LOFT-TRACK-4TR-S170-20W Day4000 (WH, 24 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LOFT-TRACK-4TR-S170-20W Warm3000 (WH, 24 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LGD-1530WH-30W-4TR White 24deg (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LGD-1530WH-30W-4TR Warm White 24deg (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LGD-537WH-40W-4TR White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LGD-537WH-40W-4TR Warm White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LGD-537WH-40W-4TR Warm White 38deg (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LGD-2282WH-45W-4TR Day White 24deg (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LGD-2271WH-2x30W-4TR Warm White 24deg (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R55-10W White (WH, 24 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R55-10W White6000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R55-10W Day4000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R55-10W Warm3000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R74-20W White6000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R74-20W White (WH, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R74-20W Day4000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R74-20W Warm3000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R74-20W Warm (WH, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W White (WH, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W White6000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W Day5000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W Day4000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W Warm3000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W Warm (WH, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R67-20W White6000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R67-20W Day4000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R67-20W Warm3000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R80-30W White6000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R80-30W Day4000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R80-30W Warm3000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R95-40W White6000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R95-40W Day4000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R95-40W Warm3000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-FLAT-4TR-S605-25W Day4000 (WH, 100 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-FLAT-4TR-S605-25W Warm3000 (WH, 100 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-EMISFERO-TRACK-HANG-4TR-R150-11W Day4000 (WH, 170 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-EMISFERO-TRACK-HANG-4TR-R150-11W Warm3000 (WH, 170 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-EMISFERO-TRACK-HANG-4TR-R200-16W Day4000 (WH, 180 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-EMISFERO-TRACK-HANG-4TR-R200-16W Warm3000 (WH, 180 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ARES-4TR-R100-40W White6000 (WH, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ARES-4TR-R100-40W Day4000 (WH, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ARES-4TR-R100-40W Warm3000 (WH, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-AFINA-4TR-S600x300-50W White6000 (WH, 110 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-AFINA-4TR-S600x300-50W Day4000 (WH, 110 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-EMISFERO-TRACK-HANG-4TR-R150-11W Day4000 (GD, 170 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-EMISFERO-TRACK-HANG-4TR-R150-11W Warm3000 (GD, 170 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-EMISFERO-TRACK-HANG-4TR-R200-16W Day4000 (GD, 180 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-EMISFERO-TRACK-HANG-4TR-R200-16W Warm3000 (GD, 180 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R67-10W White (BK, 20-60 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R67-10W White6000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R67-10W Day4000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R67-10W Warm3000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R88-20W White6000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R88-20W Day4000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R88-20W Warm3000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R88-20W Warm (BK, 20-60 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R100-30W White (BK, 20-60 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R100-30W Day5000 (BK, 20-60 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R100-30W Day (BK, 20-60 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R100-30W Warm (BK, 20-60 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-TWIST-TRACK-4TR-S60x60-12W Day4000 (BK, 30 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-TWIST-TRACK-4TR-S60x60-12W Warm3000 (BK, 30 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-TWIST-TRACK-4TR-R70-15W White5000 (BK, 30 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-TWIST-TRACK-4TR-R70-15W Day4000 (BK, 30 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-TWIST-TRACK-4TR-R70-15W Warm3000 (BK, 30 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-TUBE-TURN-4TR-L600-20W Day4000 (BK, 180 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-TUBE-TURN-4TR-L600-20W Warm3000 (BK, 180 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-TUBE-TURN-4TR-L900-30W Day4000 (BK, 180 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-TUBE-TURN-4TR-L900-30W Warm3000 (BK, 180 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-SHOP-4TR-R100-40W White6000 (BK, 24 deg) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-SHOP-4TR-R100-40W Day4000 (BK, 24 deg) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-SHOP-4TR-R100-40W Warm3000 (BK, 24 deg) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-PIPE-R65-8W White5000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-PIPE-R65-8W White5000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-PIPE-R65-8W White5000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-PIPE-R65-8W Day4000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-PIPE-R65-8W Day4000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-PIPE-R65-8W Day4000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-PIPE-R65-8W Warm3000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-PIPE-R65-8W Warm3000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-PIPE-R65-8W Warm3000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R65-8W White5000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R65-8W White5000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R65-8W White5000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R65-8W Day4000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R65-8W Day4000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R65-8W Day4000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R65-8W Warm3000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R65-8W Warm3000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R65-8W Warm3000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-TURN-R85-15W White5000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-TURN-R85-15W White5000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-TURN-R85-15W White5000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-TURN-R85-15W Day4000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-TURN-R85-15W Day4000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-TURN-R85-15W Day4000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-TURN-R85-15W Warm3000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-TURN-R85-15W Warm3000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-TURN-R85-15W Warm3000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R85-15W White5000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R85-15W White5000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R85-15W White5000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R85-15W Day4000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R85-15W Day4000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R85-15W Day4000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R85-15W Warm3000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R85-15W Warm3000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-TRACK-LEG-R85-15W Warm3000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-NIKA-4TR-R100-20W White6000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-NIKA-4TR-R100-20W Day4000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-NIKA-4TR-R100-20W Warm3000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-NIKA-4TR-R100-30W White6000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-NIKA-4TR-R100-30W Day4000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-NIKA-4TR-R100-30W Warm3000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-NIKA-4TR-R100-40W White6000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-NIKA-4TR-R100-40W Day4000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-NIKA-4TR-R100-40W Warm3000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-MONA-TRACK-4TR-R100-12W White5000 (BK, 24 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-MONA-TRACK-4TR-R100-12W Day4000 (BK, 24 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-MONA-TRACK-4TR-R100-12W Warm3000 (BK, 24 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-MARS-4TR-S582x138-50W White6000 (BK, 60-130 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-MARS-4TR-S582x138-50W Day4000 (BK, 60-130 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LOFT-TRACK-4TR-S170-10W White6000 (BK, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LOFT-TRACK-4TR-S170-10W Day4000 (BK, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LOFT-TRACK-4TR-S170-10W Warm3000 (BK, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LOFT-TRACK-4TR-S170-20W White6000 (BK, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LOFT-TRACK-4TR-S170-20W Day4000 (BK, 24 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LOFT-TRACK-4TR-S170-20W Warm3000 (BK, 24 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LGD-1530BK-30W-4TR White 24deg (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LGD-1530BK-30W-4TR Day White 24deg (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LGD-520BK-30W-4TR White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LGD-537BK-40W-4TR Day White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LGD-537BK-40W-4TR Warm White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LGD-2282BK-45W-4TR White 24deg (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R55-10W White6000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R55-10W Day4000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R55-10W Day (BK, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R55-10W Warm3000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R74-20W White6000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R74-20W Day4000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R74-20W Warm3000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W White (BK, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W White6000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W Day5000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W Day5000 (BK, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W Day4000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W Warm3000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R67-20W White6000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R67-20W Day4000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R67-20W Warm3000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R80-30W White6000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R80-30W Day4000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R80-30W Warm3000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R95-40W White6000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R95-40W Day4000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R95-40W Warm3000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-FLAT-4TR-S605-25W Day4000 (BK, 100 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-FLAT-4TR-S605-25W Warm3000 (BK, 100 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-EMISFERO-TRACK-HANG-4TR-R150-11W Day4000 (BK, 170 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-EMISFERO-TRACK-HANG-4TR-R150-11W Warm3000 (BK, 170 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-EMISFERO-TRACK-HANG-4TR-R200-16W Day4000 (BK, 180 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-EMISFERO-TRACK-HANG-4TR-R200-16W Warm3000 (BK, 180 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ARES-4TR-R100-40W White6000 (BK, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ARES-4TR-R100-40W Day4000 (BK, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ARES-4TR-R100-40W Warm3000 (BK, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-AFINA-4TR-S600x300-50W White6000 (BK, 110 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-AFINA-4TR-S600x300-50W Day4000 (BK, 110 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Сетчатый фильтр с посадочным кольцом LGD-NIKA-HCR-R100 (WH-BK) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Бленда с посадочным кольцом LGD-NIKA-BDR-R100 (WH) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Бленда с сетчатым фильтром и посадочным кольцом LGD-NIKA-BDH-R100 (WH-BK) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Фильтр сетчатый LGD-SHOP-HC-R98 (BK) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Бленда с сетчатым фильтром и посадочным кольцом LGD-NIKA-BDH-R100 (BK) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Бленда с посадочным кольцом LGD-NIKA-BDR-R100 (BK) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Сетчатый фильтр с посадочным кольцом LGD-NIKA-HCR-R100 (BK) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-2TR-R67-10W White6000 (WH, 20-60 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-2TR-R67-10W White6000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-2TR-R67-10W Day4000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-2TR-R67-10W Warm3000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-2TR-R88-20W White6000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-2TR-R88-20W Day4000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-2TR-R88-20W Warm3000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-2TR-R100-30W White6000 (WH, 20-60 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-2TR-R100-30W Day5000 (WH, 20-60 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-2TR-R100-30W Day4000 (WH, 20-60 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-2TR-R100-30W Warm3000 (WH, 20-60 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LOFT-TRACK-2TR-S170-10W Day4000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LOFT-TRACK-2TR-S170-10W Warm3000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LGD-538WH 18W Warm White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LGD-538WH 25W Warm White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LGD-536BWH 30W White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-2TR-R55-10W White6000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-2TR-R55-10W Day4000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-2TR-R55-10W Warm3000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-2TR-R74-20W White6000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-2TR-R74-20W White6000 (WH, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-2TR-R74-20W Day4000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-2TR-R74-20W Warm3000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-2TR-R74-20W Warm3000 (WH, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-2TR-R90-30W White6000 (WH, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-2TR-R90-30W White6000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-2TR-R90-30W Day5000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-2TR-R90-30W Day5000 (WH, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-2TR-R90-30W Day4000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-2TR-R90-30W Warm3000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-2TR-R67-20W White6000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-2TR-R67-20W Day4000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-2TR-R67-20W Warm3000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-2TR-R80-30W White6000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-2TR-R80-30W Day4000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-2TR-R80-30W Warm3000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-2TR-R95-40W White6000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-2TR-R95-40W Day4000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-2TR-R95-40W Warm3000 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-EMISFERO-TRACK-HANG-2TR-R150-11W Day4000 (WH, 170 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-EMISFERO-TRACK-HANG-2TR-R150-11W Warm3000 (WH, 170 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-EMISFERO-TRACK-HANG-2TR-R150-11W Day4000 (GD, 170 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-EMISFERO-TRACK-HANG-2TR-R150-11W Warm3000 (GD, 170 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-2TR-R67-10W White6000 (BK, 20-60 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-2TR-R67-10W Day4000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-2TR-R67-10W Warm3000 (BK, 20-60 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-2TR-R67-10W Warm3000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-2TR-R88-20W Day4000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-2TR-R88-20W Warm3000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-2TR-R100-30W White6000 (BK, 20-60 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-2TR-R100-30W Day5000 (BK, 20-60 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-2TR-R100-30W Day4000 (BK, 20-60 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-2TR-R100-30W Warm3000 (BK, 20-60 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LOFT-TRACK-2TR-S170-10W Day4000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LOFT-TRACK-2TR-S170-10W Warm3000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LGD-2238SB-15W Day White 24deg (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LGD-2238SB-2x15W White 24deg (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-2TR-R55-10W White6000 (BK, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-2TR-R55-10W White6000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-2TR-R55-10W Day4000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-2TR-R55-10W Warm3000 (BK, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-2TR-R55-10W Warm3000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-2TR-R74-20W White6000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-2TR-R74-20W White6000 (BK, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-2TR-R74-20W Day4000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-2TR-R74-20W Warm3000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-2TR-R90-30W Day5000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-2TR-R90-30W Day4000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-2TR-R90-30W Warm3000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-2TR-R67-20W White6000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-2TR-R67-20W Day4000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-2TR-R67-20W Warm3000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-2TR-R80-30W White6000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-2TR-R80-30W Day4000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-2TR-R80-30W Warm3000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-2TR-R95-40W White6000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-2TR-R95-40W Day4000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-2TR-R95-40W Warm3000 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-EMISFERO-TRACK-HANG-2TR-R150-11W Day4000 (BK, 170 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-EMISFERO-TRACK-HANG-2TR-R150-11W Warm3000 (BK, 170 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-PULL-S100x100-10W White6000 (WH, 20 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-PULL-S110x110-10W Day4000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-PULL-S110x110-10W Warm3000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-PULL-S100x200-2x10W White6000 (WH, 20 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-PULL-S110x210-2x10W Day4000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-PULL-S110x210-2x10W Warm3000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-PULL-R100-10W White6000 (WH, 20 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-PULL-R100-10W Day4000 (WH, 20 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-PULL-R100-10W Warm3000 (WH, 20 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-PULL-R100-10W Day4000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-PULL-R100-10W Warm3000 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R65-8W White5000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R65-8W White5000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R65-8W White5000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R65-8W Day4000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R65-8W Day4000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R65-8W Day4000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R65-8W Warm3000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R65-8W Warm3000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R65-8W Warm3000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R95-25W White5000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R95-25W White5000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R95-25W White5000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R95-25W Day4000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R95-25W Day4000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R95-25W Day4000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R95-25W Warm3000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R95-25W Warm3000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R95-25W Warm3000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-MONA-BUILT-R100-12W White5000 (WH, 24 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-MONA-BUILT-R100-12W Day4000 (WH, 24 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-MONA-BUILT-R100-12W Warm3000 (WH, 24 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LUMOS-R55-9W Day4000 (WH, 25 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LUMOS-R55-9W Warm3000 (WH, 25 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LUMOS-R55-16W Day4000 (WH, 25 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LUMOS-R55-16W Warm3000 (WH, 25 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LUMOS-R62-9W White6000 (WH, 25 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LUMOS-R62-9W Day4000 (WH, 25 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-678WH-9W White 25deg (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LUMOS-R76-16W White6000 (WH, 20 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LUMOS-R76-16W Day4000 (WH, 20 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LUMOS-R76-16W Warm3000 (WH, 20 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R65-8W White5000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R65-8W White5000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R65-8W White5000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R65-8W Day4000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R65-8W Day4000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R65-8W Day4000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R65-8W Warm3000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R65-8W Warm3000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R65-8W Warm3000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R95-25W White5000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R95-25W White5000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R95-25W White5000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R95-25W Day4000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R95-25W Day4000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R95-25W Day4000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R95-25W Warm3000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R95-25W Warm3000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-BUILT-R95-25W Warm3000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LUMOS-R55-9W Day4000 (BK, 25 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LUMOS-R55-9W Warm3000 (BK, 25 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LUMOS-R55-16W Day4000 (BK, 25 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LUMOS-R55-16W Warm3000 (BK, 25 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-45-L205-6W Day4000 (WH, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-45-L205-6W Warm3000 (WH, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-45-L405-12W Day4000 (WH, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-45-L405-12W Warm3000 (WH, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-45-L605-18W Day4000 (WH, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-45-L605-18W Warm3000 (WH, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-45-L805-24W Day4000 (WH, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-45-L805-24W Warm3000 (WH, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-45-L1005-30W Day4000 (WH, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-45-L1005-30W Warm3000 (WH, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-45-S205-6W Day4000 (WH, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-45-S205-6W Warm3000 (WH, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-45-S405-12W Day4000 (WH, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-45-S405-12W Warm3000 (WH, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-45-S605-18W Day4000 (WH, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-45-S605-18W Warm3000 (WH, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-45-S805-24W Day4000 (WH, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-45-S805-24W Warm3000 (WH, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-45-S1005-30W Day4000 (WH, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-45-S1005-30W Warm3000 (WH, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-45-L84-3W Day4000 (WH, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-45-L84-3W Warm3000 (WH, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-45-L160-6W Day4000 (WH, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-45-L160-6W Warm3000 (WH, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-45-L320-12W Day4000 (WH, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-45-L320-12W Warm3000 (WH, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-45-L480-18W Day4000 (WH, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-45-L480-18W Warm3000 (WH, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-FOLD-45-S84-3W Day4000 (WH, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-FOLD-45-S84-3W Warm3000 (WH, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-FOLD-45-S160-6W Day4000 (WH, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-FOLD-45-S160-6W Warm3000 (WH, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-FOLD-45-S320-12W Day4000 (WH, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-FOLD-45-S320-12W Warm3000 (WH, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-FOLD-45-S480-18W Day4000 (WH, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-FOLD-45-S480-18W Warm3000 (WH, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-45-R85-3W Day4000 (WH, 20 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-45-R85-3W Warm3000 (WH, 20 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-45-R85-5W Day4000 (WH, 20 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-45-R85-5W Warm3000 (WH, 20 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-45-R85-7W Day4000 (WH, 24 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-45-R85-7W Warm3000 (WH, 24 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-45-R85-12W Day4000 (WH, 36 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-45-R85-12W Warm3000 (WH, 36 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-HANG-45-R50-7W Day4000 (WH, 24 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-HANG-45-R50-7W Warm3000 (WH, 24 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-DARK-45-L200-6W Day4000 (BK, 20 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-DARK-45-L200-6W Warm3000 (BK, 20 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-DARK-45-L400-12W Day4000 (BK, 20 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-DARK-45-L400-12W Warm3000 (BK, 20 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-45-L205-6W Day4000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-45-L205-6W Warm3000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-45-L405-12W Day4000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-45-L405-12W Warm3000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-45-L605-18W Day4000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-45-L605-18W Warm3000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-45-L805-24W Day4000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-45-L805-24W Warm3000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-45-L1005-30W Day4000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-45-L1005-30W Warm3000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-45-S205-6W Day4000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-45-S205-6W Warm3000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-45-S405-12W Day4000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-45-S405-12W Warm3000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-45-S605-18W Day4000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-45-S605-18W Warm3000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-45-S805-24W Day4000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-45-S805-24W Warm3000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-45-S1005-30W Day4000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-45-S1005-30W Warm3000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-45-L84-3W Day4000 (BK, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-45-L84-3W Warm3000 (BK, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-45-L160-6W Day4000 (BK, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-45-L160-6W Warm3000 (BK, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-45-L320-12W Day4000 (BK, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-45-L320-12W Warm3000 (BK, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-45-L480-18W Day4000 (BK, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-45-L480-18W Warm3000 (BK, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-45-L480-27W Warm3000 (BK, 36 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-45-L480-27W Day4000 (BK, 36 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-FOLD-45-S84-3W Day4000 (BK, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-FOLD-45-S84-3W Warm3000 (BK, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-FOLD-45-S160-6W Day4000 (BK, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-FOLD-45-S160-6W Warm3000 (BK, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-FOLD-45-S320-12W Day4000 (BK, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-FOLD-45-S320-12W Warm3000 (BK, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-FOLD-45-S480-18W Day4000 (BK, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-LASER-FOLD-45-S480-18W Warm3000 (BK, 15 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-45-R85-3W Day4000 (BK, 20 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-45-R85-3W Warm3000 (BK, 20 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-45-R85-5W Day4000 (BK, 20 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-45-R85-5W Warm3000 (BK, 20 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-45-R85-7W Day4000 (BK, 24 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-45-R85-7W Warm3000 (BK, 24 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-45-R85-12W Day4000 (BK, 36 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-45-R85-12W Warm3000 (BK, 36 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-45-R65-18W Day4000 (BK, 36 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-45-R65-18W Warm3000 (BK, 36 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-45-R85-25W Day4000 (BK, 36 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-45-R85-25W Warm3000 (BK, 36 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-ROTATE-45-R50-7W Day4000 (BK, 24 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-ROTATE-45-R50-7W Warm3000 (BK, 24 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-HANG-45-R50-7W Day4000 (BK, 24 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-HANG-45-R50-7W Warm3000 (BK, 24 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-R85-15W White5000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-R85-15W White5000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-R85-15W White5000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник подвесной SP-POLO-R85-2-15W Day White 40deg (White, Gold Ring) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник подвесной SP-POLO-R85-2-15W Day White 40deg (White, Black Ring) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник подвесной SP-POLO-R85-2-15W Day White 40deg (White, White Ring) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник подвесной SP-POLO-R85-2-15W Warm White 40deg (White, White Ring) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник подвесной SP-POLO-R85-2-15W Warm White 40deg (White, Black Ring) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник подвесной SP-POLO-R85-2-15W Warm White 40deg (White, Gold Ring) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG300-R85-15W White5000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG300-R85-15W White5000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG300-R85-15W White5000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG300-R85-15W Day4000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG300-R85-15W Day4000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG300-R85-15W Day4000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG300-R85-15W Warm3000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG300-R85-15W Warm3000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG300-R85-15W Warm3000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG450-R65-8W White5000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG450-R65-8W White5000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG450-R65-8W White5000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG450-R65-8W Day4000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG450-R65-8W Day4000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG450-R65-8W Day4000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG450-R65-8W Warm3000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG450-R65-8W Warm3000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG450-R65-8W Warm3000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник подвесной SP-POLO-R85-2-15W Day White 40deg (Silver, Black Ring) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник подвесной SP-POLO-R85-2-15W Day White 40deg (Silver, White Ring) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник подвесной SP-POLO-R85-2-15W Day White 40deg (Silver, Gold Ring) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-R85-15W White5000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-R85-15W White5000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-R85-15W White5000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник подвесной SP-POLO-R85-2-15W Day White 40deg (Black, Black Ring) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник подвесной SP-POLO-R85-2-15W Day White 40deg (Black, Gold Ring) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник подвесной SP-POLO-R85-2-15W Day White 40deg (Black, White Ring) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник подвесной SP-POLO-R85-2-15W Warm White 40deg (Black, Gold Ring) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник подвесной SP-POLO-R85-2-15W Warm White 40deg (Black, White Ring) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник подвесной SP-POLO-R85-2-15W Warm White 40deg (Black, Black Ring) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG300-R85-15W White5000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG300-R85-15W White5000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG300-R85-15W White5000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG300-R85-15W Day4000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG300-R85-15W Day4000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG300-R85-15W Day4000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG300-R85-15W Warm3000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG300-R85-15W Warm3000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG300-R85-15W Warm3000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG450-R65-8W White5000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG450-R65-8W White5000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG450-R65-8W White5000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG450-R65-8W Day4000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG450-R65-8W Day4000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG450-R65-8W Day4000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG450-R65-8W Warm3000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG450-R65-8W Warm3000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-HANG-LONG450-R65-8W Warm3000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-R65-8W White5000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-R65-8W White5000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-R65-8W White5000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-R65-8W Day4000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-R65-8W Day4000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-R65-8W Day4000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-R65-8W Warm3000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-R65-8W Warm3000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-R65-8W Warm3000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-R85-15W White5000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-R85-15W White5000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-R85-15W White5000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник накладной SP-POLO-R85-1-15W Day White 40deg (White, Gold Ring) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник накладной SP-POLO-R85-1-15W Day White 40deg (White, White Ring) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник накладной SP-POLO-R85-1-15W Day White 40deg (White, Black Ring) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник накладной SP-POLO-R85-1-15W Warm White 40deg (White, White Ring) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник накладной SP-POLO-R85-1-15W Warm White 40deg (White, Black Ring) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник накладной SP-POLO-R85-1-15W Warm White 40deg (White, Gold Ring) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R65-8W White5000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R65-8W White5000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R65-8W White5000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R65-8W Day4000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R65-8W Day4000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R65-8W Day4000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R65-8W Warm3000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R65-8W Warm3000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R65-8W Warm3000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R85-15W White5000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R85-15W White5000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R85-15W White5000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R85-15W Day4000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R85-15W Day4000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R85-15W Day4000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R85-15W Warm3000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R85-15W Warm3000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R85-15W Warm3000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-TURN-R85-15W White5000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-TURN-R85-15W White5000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-TURN-R85-15W White5000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-TURN-R85-15W Day4000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-TURN-R85-15W Day4000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-TURN-R85-15W Day4000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-TURN-R85-15W Warm3000 (WH-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-TURN-R85-15W Warm3000 (WH-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-TURN-R85-15W Warm3000 (WH-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-R65-8W White5000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-R65-8W White5000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-R65-8W White5000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-R65-8W Day4000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-R65-8W Day4000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-R65-8W Day4000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-R65-8W Warm3000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-R65-8W Warm3000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-R65-8W Warm3000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-R85-15W White5000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-R85-15W White5000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-R85-15W White5000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник накладной SP-POLO-R85-1-15W Day White 40deg (Black, White Ring) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник накладной SP-POLO-R85-1-15W Day White 40deg (Black, Black Ring) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник накладной SP-POLO-R85-1-15W Day White 40deg (Black, Gold Ring) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник накладной SP-POLO-R85-1-15W Warm White 40deg (Black, Gold Ring) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник накладной SP-POLO-R85-1-15W Warm White 40deg (Black, Black Ring) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник накладной SP-POLO-R85-1-15W Warm White 40deg (Black, White Ring) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R65-8W White5000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R65-8W-White5000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R65-8W White5000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R65-8W Day4000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R65-8W Day4000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R65-8W Day4000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R65-8W Warm3000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R65-8W Warm3000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R65-8W Warm3000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R85-15W White5000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R85-15W White5000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R85-15W White5000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R85-15W Day4000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R85-15W Day4000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R85-15W Day4000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R85-15W Warm3000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R85-15W Warm3000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-FLAP-R85-15W Warm3000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-TURN-R85-15W White5000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-TURN-R85-15W White5000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-TURN-R85-15W White5000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-TURN-R85-15W Day4000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-TURN-R85-15W Day4000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-TURN-R85-15W Day4000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-TURN-R85-15W Warm3000 (BK-BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-TURN-R85-15W Warm3000 (BK-WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-POLO-SURFACE-TURN-R85-15W Warm3000 (BK-GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Набор SX3030 White (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Набор SX3060 White (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Набор SX3012 White (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Набор SX6060A White (для панели IM-600x600) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Набор SX6012 White (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Набор SX6060 White (для панели DL-B600x600) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Набор BX3030 White (для панелей IM-300x300) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Набор BX3060 White (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Набор BX3012 White (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Набор BX6060 White (для панелей IM-600x600) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Набор BX6012 White (для панелей IM-600x1200) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Набор SPX-T4 для панелей 600x600 (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Набор JX6 для панелей IM-1200 (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Набор JX4 для панелей IM-300, 600 (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Крепление для панелей DL-600x600A (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Набор MX4 (для панелей IM-300, IM-600) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Набор MX6 (для панелей IM-1200) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Набор FX4 (для панелей IM-300, IM-600) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Набор FX6 (для панелей IM-1200) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Светильник CLIP-38-FLAT-S312-6W Day4000 (WH, 110 deg, 24V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CLIP-38-FLAT-S312-6W Warm3000 (WH, 110 deg, 24V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CLIP-38-FLAT-S612-12W Day4000 (WH, 110 deg, 24V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CLIP-38-FLAT-S612-12W Warm3000 (WH, 110 deg, 24V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CLIP-38-LASER-S171-6W Day4000 (WH, 36 deg, 24V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CLIP-38-LASER-S171-6W Warm3000 (WH, 36 deg, 24V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CLIP-38-LASER-S330-12W Day4000 (WH, 36 deg, 24V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CLIP-38-LASER-S330-12W Warm3000 (WH, 36 deg, 24V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CLIP-38-SPOT-R146-6W Day4000 (WH, 24 deg, 24V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CLIP-38-SPOT-R146-6W Warm3000 (WH, 24 deg, 24V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор прямой NEO-CLIP-38-CON-I-WH (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой NEO-CLIP-38-CON-L-WH (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор тройной NEO-CLIP-38-CON-T-WH (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор крестовой NEO-CLIP-38-CON-X-WH (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Блок питания ARV-24075-PFC-CLIP-38-WH (24V, 3.1A, 75W) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CLIP-38-FLAT-S312-6W Day4000 (BK, 110 deg, 24V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CLIP-38-FLAT-S312-6W Warm3000 (BK, 110 deg, 24V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CLIP-38-FLAT-S612-12W Day4000 (BK, 110 deg, 24V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CLIP-38-FLAT-S612-12W Warm3000 (BK, 110 deg, 24V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CLIP-38-LASER-S171-6W Day4000 (BK, 36 deg, 24V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CLIP-38-LASER-S171-6W Warm3000 (BK, 36 deg, 24V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CLIP-38-LASER-S330-12W Day4000 (BK, 36 deg, 24V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CLIP-38-LASER-S330-12W Warm3000 (BK, 36 deg, 24V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CLIP-38-SPOT-R146-6W Day4000 (BK, 24 deg, 24V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CLIP-38-SPOT-R146-6W Warm3000 (BK, 24 deg, 24V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор прямой NEO-CLIP-38-CON-I-BK (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой NEO-CLIP-38-CON-L-BK (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор тройной NEO-CLIP-38-CON-T-BK (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор крестовой NEO-CLIP-38-CON-X-BK (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Блок питания ARV-24075-PFC-CLIP-38-BK (24V, 3.1A, 75W) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R88-20W Cool SP7500-Fish (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R88-20W Day SP5000-Veg (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R88-20W Warm SP3000-Fruit (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R88-20W Warm SP2900-Meat (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R88-20W Warm SP2500-Bread (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R100-30W Cool SP7500-Fish (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R100-30W Day SP5000-Veg (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R100-30W Warm SP3000-Fruit (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R100-30W Warm SP2900-Meat (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R100-30W Warm SP2500-Bread (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-SHOP-4TR-R100-40W Cool SP7500-Fish (WH, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-SHOP-4TR-R100-40W Day SP5000-Veg (WH, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-SHOP-4TR-R100-40W Warm SP3000-Fruit (WH, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-SHOP-4TR-R100-40W Warm SP2900-Meat (WH, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-SHOP-4TR-R100-40W Warm SP2500-Bread (WH, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R74-20W Cool SP7500-Fish (WH, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R74-20W Day SP5000-Veg (WH, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R74-20W Warm SP3000-Fruit (WH, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R74-20W Warm SP2900-Meat (WH, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R74-20W Warm SP2500-Bread (WH, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W Cool SP7500-Fish (WH, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W Day SP5000-Veg (WH, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W Warm SP3000-Fruit (WH, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W Warm SP2900-Meat (WH, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W Warm SP2500-Bread (WH, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R88-20W Cool SP7500-Fish (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R88-20W Day SP5000-Veg (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R88-20W Warm SP3000-Fruit (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R88-20W Warm SP2900-Meat (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R88-20W Warm SP2500-Bread (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R100-30W Cool SP7500-Fish (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R100-30W Day SP5000-Veg (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R100-30W Warm SP3000-Fruit (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R100-30W Warm SP2900-Meat (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-4TR-R100-30W Warm SP2500-Bread (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-SHOP-4TR-R100-40W Cool SP7500-Fish (BK, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-SHOP-4TR-R100-40W Day SP5000-Veg (BK, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-SHOP-4TR-R100-40W Warm SP3000-Fruit (BK, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-SHOP-4TR-R100-40W Warm SP2900-Meat (BK, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-SHOP-4TR-R100-40W Warm SP2500-Bread (BK, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R74-20W Cool SP7500-Fish (BK, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R74-20W Day SP5000-Veg (BK, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R74-20W Warm SP3000-Fruit (BK, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R74-20W Warm SP2900-Meat (BK, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R74-20W Warm SP2500-Bread (BK, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W Cool SP7500-Fish (BK, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W Day SP5000-Veg (BK, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W Warm SP3000-Fruit (BK, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W Warm SP2900-Meat (BK, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W Warm SP2500-Bread (BK, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-PEARL-TAB-7W Warm3000 (GR, 164 deg, 230V) (Arlight, IP65 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-PATIO-TAB-2W Warm3000 (WH, 127 deg) (Arlight, IP54 Металл, 2 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-PATIO-TAB-2W Warm3000 (GR, 127 deg) (Arlight, IP54 Металл, 2 года)</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный PLURIO-LAMP-R77-9W Day4000 (WH, 36 deg, 2-2, 38V, 200mA) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный PLURIO-LAMP-R77-9W Warm3000 (WH, 36 deg, 2-2, 38V, 200mA) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный PLURIO-LAMP-R77-9W Day4000 (BRS, 36 deg, 2-2, 38V, 200mA) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный PLURIO-LAMP-R77-9W Warm3000 (BRS, 36 deg, 2-2, 38V, 200mA) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный PLURIO-LAMP-R77-9W Day4000 (A-BRS, 36 deg, 2-2, 38V, 200mA) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный PLURIO-LAMP-R77-9W Warm3000 (A-BRS, 36 deg, 2-2, 38V, 200mA) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный PLURIO-LAMP-R77-9W Day4000 (COP, 36 deg, 2-2, 38V, 200mA) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный PLURIO-LAMP-R77-9W Warm3000 (COP, 36 deg, 2-2, 38V, 200mA) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный PLURIO-LAMP-R77-9W Day4000 (NI, 36 deg, 2-2, 38V, 200mA) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный PLURIO-LAMP-R77-9W Warm3000 (NI, 36 deg, 2-2, 38V, 200mA) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный PLURIO-LAMP-R77-9W Day4000 (CHR, 36 deg, 2-2, 38V, 200mA) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный PLURIO-LAMP-R77-9W Warm3000 (CHR, 36 deg, 2-2, 38V, 200mA) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный PLURIO-LAMP-R77-9W Day4000 (BK, 36 deg, 2-2, 38V, 200mA) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный PLURIO-LAMP-R77-9W Warm3000 (BK, 36 deg, 2-2, 38V, 200mA) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Корпус PLURIO-BASE-BUILT-R77 (WH, 1-2, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус PLURIO-BASE-BUILT-RS185x85 (WH, 1-2, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус PLURIO-BASE-BUILT-TRIMLESS-R120 (WH, 1-2, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус PLURIO-BASE-BUILT-TRIMLESS-R160 (WH, 1-2, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус PLURIO-BASE-TRACK-4TR-R77 (WH, 1-2, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус PLURIO-BASE-SURFACE-LONG-R77 (WH, 1-2, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус PLURIO-BASE-SURFACE-R77 (WH, 1-2, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус PLURIO-BASE-SURFACE-S112x79 (WH, 1-2, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус PLURIO-BASE-SURFACE-RS179x78 (WH, 1-2, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус PLURIO-BASE-BUILT-R77 (BK, 1-2, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус PLURIO-BASE-BUILT-RS185x85 (BK, 1-2, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус PLURIO-BASE-BUILT-TRIMLESS-R120 (BK, 1-2, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус PLURIO-BASE-BUILT-TRIMLESS-R160 (BK, 1-2, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус PLURIO-BASE-TRACK-4TR-R77 (BK, 1-2, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус PLURIO-BASE-SURFACE-R77 (BK, 1-2, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус PLURIO-BASE-SURFACE-LONG-R77 (BK, 1-2, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус PLURIO-BASE-SURFACE-S112x79 (BK, 1-2, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус PLURIO-BASE-SURFACE-RS179x78 (BK, 1-2, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-300x300A-12W White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-300x300A-12W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-300x300A-12W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-INTENSO-S300x300-18W White6000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-INTENSO-S300x300-18W Day4000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-INTENSO-S300x300-18W Warm3000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-300x600A-18W White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-300x600A-18W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-300x600A-18W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-INTENSO-S300x600-28W White6000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-INTENSO-S300x600-28W Day4000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-INTENSO-S300x600-28W Warm3000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-300x1200A-40W White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-S300x1200-40W White6000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-S300x1200-40W Day4000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-300x1200A-40W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-300x1200A-40W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-S300x1200-40W Warm3000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-INTENSO-S300x1200-40W White6000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-INTENSO-S300x1200-40W Day4000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-INTENSO-S300x1200-40W Warm3000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-S600x600-40W White6000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-600x600A-40W White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-600x600A-40W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-S600x600-40W Day4000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-S600x600-40W Warm3000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-600x600A-40W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-INTENSO-S600x600-40W White6000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-INTENSO-S600x600-40W Day4000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-INTENSO-S600x600-40W Warm3000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-600x1200A-48W White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-600x1200A-48W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-600x1200A-48W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-INTENSO-S600x1200-60W White6000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-INTENSO-S600x1200-60W Day4000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-INTENSO-S600x1200-60W Warm3000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник ALT-LARGO-600-15W Day4000 (WH, 120 deg, 230V) (Arlight, IP65 Пластик, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник ALT-LARGO-1200-30W Day4000 (WH, 120 deg, 230V) (Arlight, IP65 Пластик, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник ALT-LARGO-1500-40W Day4000 (WH, 120 deg, 230V) (Arlight, IP65 Пластик, 5 лет)</t>
+  </si>
+  <si>
+    <t>Подвес ALT-LARGO-HANG-L1000 (SL) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Коннектор ARL-TAIL-1000-CON-F-2pin (WH) (Arlight, IP20 Пластик, 5 лет)</t>
+  </si>
+  <si>
+    <t>Коннектор ARL-LARGO-CON-I-2pin (WH) (Arlight, IP20 Пластик, 5 лет)</t>
+  </si>
+  <si>
+    <t>Коннектор ARL-TAIL-1000-CON-FF-2pin (WH) (Arlight, IP20 Пластик, 5 лет)</t>
+  </si>
+  <si>
+    <t>Заглушка ALT-LARGO-CAP-2pin (WH) (Arlight, IP20 Пластик, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник ALT-LINEAIR-FLAT-UPDOWN-DIM-S2094-600-25W Day4000 (BK, 100 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник ALT-LINEAIR-FLAT-UPDOWN-DIM-S2094-600-25W Warm3000 (BK, 100 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник ALT-LINEAIR-FLAT-UPDOWN-DIM-S2094-1200-40W Day4000 (BK, 100 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник ALT-LINEAIR-FLAT-UPDOWN-DIM-S2094-1200-40W Warm3000 (BK, 100 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник ALT-LINEAIR-ANGLE-60-FLAT-UPDOWN-DIM-700x605-55W Day4000 (BK, 100 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник ALT-LINEAIR-ANGLE-60-FLAT-UPDOWN-DIM-1290x1115-85W Day4000 (BK, 100 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник ALT-LINEAIR-QUADRAT-FLAT-UPDOWN-DIM-785-110W Day4000 (BK, 100 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник ALT-LINEAIR-QUADRAT-FLAT-UPDOWN-DIM-1375-170W Day4000 (BK, 100 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник ALT-LINEAIR-RECTANGLE-FLAT-UPDOWN-DIM-1375x785-140W Day4000 (BK, 100 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник ALT-LINEAIR-TRIANGLE-FLAT-UPDOWN-DIM-785-85W Day4000 (BK, 100 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник ALT-LINEAIR-TRIANGLE-FLAT-UPDOWN-DIM-1375-130W Day4000 (BK, 100 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник ALT-LINEAIR-FLAT-DIM-L60-2094-3W Day4000 (BK, 100 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник ALT-LINEAIR-FLAT-DIM-L90-2094-3W Day4000 (BK, 100 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник ALT-LINEAIR-FLAT-DIM-L90-2094-3W Warm3000 (BK, 100 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник ALT-LINEAIR-FLAT-DIM-L60-2094-3W Warm3000 (BK, 100 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор прямой ALT-LINEAIR-FLAT-CON-I-2094 (ANOD) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FENIX-R245-100W White5000 (BK, 60 deg, 230V) (Arlight, IP65 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FENIX-R245-100W White5000 (BK, 90 deg, 230V) (Arlight, IP65 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FENIX-R245-100W White5000 (BK, 120 deg, 230V) (Arlight, IP65 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FENIX-R285-150W White5000 (BK, 60 deg, 230V) (Arlight, IP65 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FENIX-R285-150W White5000 (BK, 90 deg, 230V) (Arlight, IP65 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FENIX-R285-150W White5000 (BK, 120 deg, 230V) (Arlight, IP65 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FENIX-R320-200W White5000 (BK, 60 deg, 230V) (Arlight, IP65 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FENIX-R320-200W White5000 (BK, 90 deg, 230V) (Arlight, IP65 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FENIX-R320-200W White5000 (BK, 120 deg, 230V) (Arlight, IP65 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-DRAGON-PREMIUM-R295-80W Day5000 (GR, 60 deg, 230V) (Arlight, IP65 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-DRAGON-PREMIUM-R295-80W Day5000 (GR, 90 deg, 230V) (Arlight, IP65 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-DRAGON-PREMIUM-R295-80W Day5000 (GR, 120 deg, 230V) (Arlight, IP65 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-DRAGON-PREMIUM-R295-120W Day5000 (GR, 90 deg, 230V) (Arlight, IP65 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-DRAGON-PREMIUM-R295-120W Day5000 (GR, 60 deg, 230V) (Arlight, IP65 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-DRAGON-PREMIUM-R295-120W Day5000 (GR, 120 deg, 230V) (Arlight, IP65 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Скоба SP-BRACKET-153x147 (BK) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Скоба SP-BRACKET-134x132 (BK) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Скоба SP-BRACKET-166x127 (GR) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Карабин SP-HOOK-FIX-60 (SL) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-TRACK-4TR-LEG-R65 (WH, 1-3, 200mA) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-TRACK-4TR-LEG-R85 (WH, 1-3, 350mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-TRACK-4TR-PIPE-R65 (WH, 1-3, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-TRACK-4TR-TURN-R85 (WH, 1-3, 350mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-TRACK-4TR-LEG-R65 (BK, 1-3, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-TRACK-4TR-LEG-R85 (BK, 1-3, 350mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-TRACK-4TR-PIPE-R65 (BK, 1-3, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-TRACK-4TR-TURN-R85 (BK, 1-3, 350mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-TITAN-S600x600-40W White6000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-TITAN-S600x600-40W Day4000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-TITAN-S600x600-40W Warm3000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-TITAN-S600x600-40W Day4000-MIX (WH, 120 deg, 30-42V, 950mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-TWIST-TRACK-4TR-R70-15W White5000 (WH-BK, 30 deg, 48V, DALI) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-TWIST-TRACK-4TR-R70-15W Day4000 (WH-BK, 30 deg, 48V, DALI) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-TWIST-TRACK-4TR-R70-15W Warm3000 (WH-BK, 30 deg, 48V, DALI) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-SHOP-4TR-R100-40W Day4000 (WH, 24 deg, 230V, DALI) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-SHOP-4TR-R100-40W Warm3000 (WH, 24 deg, 230V, DALI) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LOFT-TRACK-4TR-S170-10W White6000 (WH, 24 deg, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LOFT-TRACK-4TR-S170-10W Day4000 (WH, 24 deg, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LOFT-TRACK-4TR-S170-10W Warm3000 (WH, 24 deg, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R55-10W White6000 (WH, 24 deg, 230V, DALI) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R55-10W Day4000 (WH, 24 deg, 230V, DALI) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R55-10W Warm3000 (WH, 24 deg, 230V, DALI) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R74-20W White6000 (WH, 24 deg, 230V, DALI) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R74-20W Day4000 (WH, 24 deg, 230V, DALI) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R74-20W Warm3000 (WH, 24 deg, 230V, DALI) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W White6000 (WH, 24 deg, 230V, DALI) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W Day4000 (WH, 24 deg, 230V, DALI) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W Warm3000 (WH, 24 deg, 230V, DALI) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R67-20W Day4000 (WH, 20-60 deg, 230V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R67-20W Warm3000 (WH, 20-60 deg, 230V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R80-30W Day4000 (WH, 20-60 deg, 230V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R80-30W Warm3000 (WH, 20-60 deg, 230V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R95-40W Day4000 (WH, 20-60 deg, 230V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R95-40W Warm3000 (WH, 20-60 deg, 230V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ARES-4TR-R100-40W White6000 (WH, 24 deg, 230V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ARES-4TR-R100-40W Day4000 (WH, 24 deg, 230V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ARES-4TR-R100-40W Warm3000 (WH, 24 deg, 230V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-TWIST-TRACK-4TR-R70-15W White5000 (BK-BK, 30 deg, 48V, DALI) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-TWIST-TRACK-4TR-R70-15W Day4000 (BK-BK, 30 deg, 48V, DALI) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-TWIST-TRACK-4TR-R70-15W Warm3000 (BK-BK, 30 deg, 48V, DALI) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-SHOP-4TR-R100-40W Day4000 (BK, 24 deg, 230V, DALI) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-SHOP-4TR-R100-40W Warm3000 (BK, 24 deg, 230V, DALI) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LOFT-TRACK-4TR-S170-10W White6000 (BK, 24 deg, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LOFT-TRACK-4TR-S170-10W Day4000 (BK, 24 deg, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-LOFT-TRACK-4TR-S170-10W Warm3000 (BK, 24 deg, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R55-10W Day4000 (BK, 24 deg, 230V, DALI) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R55-10W Warm3000 (BK, 24 deg, 230V, DALI) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R74-20W White6000 (BK, 24 deg, 230V, DALI) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R74-20W Day4000 (BK, 24 deg, 230V, DALI) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R74-20W Warm3000 (BK, 24 deg, 230V, DALI) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W White6000 (BK, 24 deg, 230V, DALI) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W Day4000 (BK, 24 deg, 230V, DALI) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-4TR-R90-30W Warm3000 (BK, 24 deg, 230V, DALI) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R67-20W Day4000 (BK, 20-60 deg, 230V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R67-20W Warm3000 (BK, 20-60 deg, 230V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R80-30W Day4000 (BK, 20-60 deg, 230V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R80-30W Warm3000 (BK, 20-60 deg, 230V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R95-40W Day4000 (BK, 20-60 deg, 230V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GELIOS-4TR-R95-40W Warm3000 (BK, 20-60 deg, 230V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ARES-4TR-R100-40W White6000 (BK, 24 deg, 230V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ARES-4TR-R100-40W Day4000 (BK, 24 deg, 230V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ARES-4TR-R100-40W Warm3000 (BK, 24 deg, 230V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-DOTS-25-L200-6W Day4000 (BK, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-DOTS-25-L200-6W Warm3000 (BK, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-DOTS-25-L400-12W Day4000 (BK, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-DOTS-25-L400-12W Warm3000 (BK, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-DOTS-25-L600-18W Day4000 (BK, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-DOTS-25-L600-18W Warm3000 (BK, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-DOTS-25-L800-24W Day4000 (BK, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-DOTS-25-L800-24W Warm3000 (BK, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-DOTS-25-L1000-30W Day4000 (BK, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-DOTS-25-L1000-30W Warm3000 (BK, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-DOTS-FOLD-25-S200-6W Warm3000 (BK, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-DOTS-FOLD-25-S200-6W Day4000 (BK, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-DOTS-FOLD-25-S400-12W Day4000 (BK, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-DOTS-FOLD-25-S400-12W Warm3000 (BK, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-DOTS-FOLD-25-S600-18W Day4000 (BK, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-DOTS-FOLD-25-S600-18W Warm3000 (BK, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-DOTS-FOLD-25-S800-24W Day4000 (BK, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-DOTS-FOLD-25-S800-24W Warm3000 (BK, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-DOTS-FOLD-25-S1004-30W Day4000 (BK, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-DOTS-FOLD-25-S1004-30W Warm3000 (BK, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-25-L200-6W Day4000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-25-L200-6W Warm3000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-25-L400-12W Day4000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-25-L400-12W Warm3000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-25-L600-18W Day4000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-25-L600-18W Warm3000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-25-L800-24W Day4000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-25-L800-24W Warm3000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-25-L1000-30W Day4000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-25-L1000-30W Warm3000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-25-S200-6W Day4000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-25-S200-6W Warm3000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-25-S400-12W Warm3000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-25-S400-12W Day4000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-25-S604-18W Day4000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-25-S600-18W Warm3000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-25-S804-24W Warm3000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-25-S804-24W Day4000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-25-S1004-30W Warm3000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLAT-FOLD-25-S1004-30W Day4000 (BK, 100 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-25-R65-5W Day4000 (BK, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-25-R65-5W Warm3000 (BK, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-25-R90-9W Day4000 (BK, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-25-R90-9W Day4000 (BK-GD, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-25-R90-9W Warm3000 (BK-GD, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-25-R90-9W Warm3000 (BK, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-25-R120-12W Day4000 (BK, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-25-R120-12W Warm3000 (BK, 30 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-HANG-25-R30-5W Day4000 (BK-GD, 45 deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-SPOT-HANG-25-R30-5W Warm3000 (BK-GD, 45deg, 24V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLEX-TUBE-L1000-14W Day4000 (BK, 360 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLEX-TUBE-ELASTIC-L1000-14W Day4000 (BK, 360 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLEX-TUBE-ELASTIC-L2500-35W Day4000 (BK, 360 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLEX-TUBE-ELASTIC-L5000-70W Day4000 (BK, 360 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-FLEX-TUBE-HANG-L500-7W Day4000 (BK, 360 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-FLEX-TRACK-3226-1000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-FLEX-TRACK-3226-2000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-FLEX-TRACK-3226-3000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор MAG-FLEX-CON-180 (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Подвес MAG-FLEX-HANG-TUBE-L2000 (SL) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор поворотный MAG-FLEX-CON-POWER-TURN (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор MAG-FLEX-CON-POWER-MINI (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Заглушка MAG-FLEX-CAP-POWER (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Заглушка MAG-FLEX-CAP-POWER-WSD (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор прямой MAG-FLEX-CON-I-POWER (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор MAG-FLEX-CON-POWER-MINI-KIT (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор питания MAG-FLEX-FEEDER (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Заглушка MAG-FLEX-CAP-POWER-KIT (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор поворотный MAG-FLEX-CON-POWER-TURN-KIT (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор поворотный MAG-FLEX-CON-CAP-TURN (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Адаптер MAG-FLEX-ADAPTER (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Подвес телескопический MAG-FLEX-ROD-TRACK-L2000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Подвес телескопический MAG-FLEX-ROD-TUBE-L2000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Держатель MAG-FLEX-BRACKET (CLEAR) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Подвес SL-LINE 2x2m Set (Pad 9x2mm) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый MAG-TRACK-4560-F-540 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый MAG-TRACK-4560-F-1040 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый MAG-TRACK-4560-F-1540 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый MAG-TRACK-4560-F-2040 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый MAG-TRACK-4560-F-3040 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-TRACK-4563-500 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-TRACK-4563-1000 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-TRACK-4563-1500 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-TRACK-4563-2000 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-TRACK-4563-3000 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-TRACK-4592-500 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-TRACK-4592-1000 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-TRACK-4592-1500 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-TRACK-4592-2000 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-TRACK-4592-3000 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор прямой MAG-CON-45-SIDE (WH) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Коннектор прямой MAG-CON-45-UP (WH) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Коннектор прямой MAG-CON-45-I-POWER (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-4560-F-L90 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-4560-F-L90-EXT (WH, внешний) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-4560-F-L90-INT (WH, внутренний) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор тройной MAG-CON-4560-F-T90 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор крестовой MAG-CON-4560-F-X90 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-4563-L90 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-4563-L90-EXT (WH, внешний) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-4563-L90-INT (WH, внутренний) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор тройной MAG-CON-4563-T90 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор крестовой MAG-CON-4563-X90 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-4592-L90 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-4592-L90-EXT (WH, внешний) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-4592-L90-INT (WH, внутренний) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор тройной MAG-CON-4592-T90 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор крестовой MAG-CON-4592-X90 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Заглушка MAG-CAP-4560 (WH) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Заглушка MAG-CAP-4563 (WH) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Заглушка MAG-CAP-4592 (WH) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Крышка MAG-COVER-45-1000 (WH) (Arlight, Пластик)</t>
+  </si>
+  <si>
+    <t>Крышка MAG-COVER-45-2000 (WH) (Arlight, Пластик)</t>
+  </si>
+  <si>
+    <t>Крышка MAG-COVER-45-2000 (WH) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Потолочная чаша MAG-CANOPY-45 (WH) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Кабель питания ARL-MAG-3x0.75-CU (Clear) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Профиль-держатель MAG-STRETCH-45-2000 (Arlight, Алюминий)</t>
+  </si>
+  <si>
+    <t>Подвес MAG-HANG-45-L2000 (SL) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Подвес MAG-HANG-45-L4000 (SL) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Держатель MAG-BRACKET-45 (SL) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый MAG-TRACK-4560-F-540 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый MAG-TRACK-4560-F-1040 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый MAG-TRACK-4560-F-1540 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый MAG-TRACK-4560-F-2040 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый MAG-TRACK-4560-F-3040 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-TRACK-4563-500 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-TRACK-4563-1000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-TRACK-4563-1500 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-TRACK-4563-2000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-TRACK-4563-3000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-TRACK-4592-500 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-TRACK-4592-1500 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-TRACK-4592-2000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-TRACK-4592-3000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый MAG-TRACK-4560-FDW-2000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый MAG-TRACK-4560-FDW-3000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор прямой MAG-CON-45-SIDE (BK) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Коннектор прямой MAG-CON-45-UP (BK) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Коннектор прямой MAG-CON-45-I-POWER (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-4560-F-L90 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-4560-F-V60 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-4560-FDW-L90 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-4560-F-L90-EXT (BK, внешний) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-4560-F-L90-INT (BK, внутренний) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор тройной MAG-CON-4560-F-T90 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор крестовой MAG-CON-4560-F-X90 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-4563-L90 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-4563-V60 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-4563-L90-EXT (BK, внешний) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-4563-L90-INT (BK, внутренний) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор тройной MAG-CON-4563-T90 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор крестовой MAG-CON-4563-X90 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-4592-L90 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-4592-L90-EXT (BK, внешний) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-4592-L90-INT (BK, внутренний) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор тройной MAG-CON-4592-T90 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор крестовой MAG-CON-4592-X90 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Заглушка MAG-CAP-4560 (BK) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Заглушка MAG-CAP-4563 (BK) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Заглушка MAG-CAP-4592 (BK) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Крышка MAG-COVER-45-1000 (BK) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Крышка MAG-COVER-45-1000 (BK) (Arlight, Пластик)</t>
+  </si>
+  <si>
+    <t>Крышка MAG-COVER-45-2000 (BK) (Arlight, Пластик)</t>
+  </si>
+  <si>
+    <t>Заглушка MAG-STRETCH-45 (Arlight, Алюминий+пластик)</t>
+  </si>
+  <si>
+    <t>Потолочная чаша MAG-CANOPY-45 (BK) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Держатель SL-STARLINE-5022 (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SNAP-STARLINE-FLAT-S600-13W Warm3000 (WH, 120 deg, 48V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SNAP-STARLINE-FLAT-S600-13W Day4000 (WH, 120 deg, 48V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SNAP-STARLINE-FLAT-S1200-26W Day4000 (WH, 120 deg, 48V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SNAP-STARLINE-FLAT-S1200-26W Warm3000 (WH, 120 deg, 48V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SNAP-STARLINE-LASER-S600-13W Warm3000 (WH-BK, 80 deg, 48V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SNAP-STARLINE-LASER-S600-13W Day4000 (WH-BK, 80 deg, 48V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SNAP-STARLINE-LASER-S1200-26W Day4000 (WH-BK, 80 deg, 48V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SNAP-STARLINE-LASER-S1200-26W Warm3000 (WH-BK, 80 deg, 48V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SNAP-STARLINE-LASER-S600-13W Warm3000 (WH-WH, 80 deg, 48V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SNAP-STARLINE-LASER-S600-13W Day4000 (WH-WH, 80 deg, 48V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SNAP-STARLINE-LASER-S1200-26W Day4000 (WH-WH, 80 deg, 48V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SNAP-STARLINE-LASER-S1200-26W Warm3000 (WH-WH, 80 deg, 48V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Разветвитель ARL-DT-10xF 25cm (24AWG, 9A, 48V, Female) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Коннектор ARL-L12000-X2-F-M (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TABOO-FLOOR-S1300-14W Day4000 (BK, 90 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TABOO-FLOOR-S1300-14W Warm3000 (BK, 90 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый MAG-ORIENT-TRACK-2652-FDW-1000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый MAG-ORIENT-TRACK-2652-FDW-2000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый MAG-ORIENT-TRACK-2652-FDW-3000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-ORIENT-TRACK-2652-1000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-ORIENT-TRACK-2652-2000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-ORIENT-TRACK-2652-3000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор прямой MAG-ORIENT-CON-I (BK) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Коннектор гибкий MAG-ORIENT-CON-FLEX-POWER (BK) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор питания MAG-ORIENT-CON-POWER (BK) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор прямой MAG-ORIENT-CON-I-POWER (BK) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-2652-FDW-L90-INT (BK, внутренний) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-ORIENT-CON-2652-FDW-L90 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-ORIENT-CON-2652-ARC-60 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-ORIENT-2652-L90-INT (BK, внутренний) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-ORIENT-CON-2652-L90 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Заглушка MAG-ORIENT-CAP-POWER-2652 (BK) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Заглушка MAG-ORIENT-CAP-2652 (BK) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Крышка MAG-ORIENT-COVER-26-1000 (BK) (Arlight, Пластик)</t>
+  </si>
+  <si>
+    <t>Заглушка MAG-STRETCH-ORIENT-CAP (Arlight, Алюминий+пластик)</t>
+  </si>
+  <si>
+    <t>Фильтр сетчатый MAG-ORIENT-HC-R60 (BK) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Фильтр сетчатый MAG-ORIENT-HC-R33 (BK) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Профиль-держатель MAG-STRETCH-ORIENT-2000 (Arlight, Алюминий)</t>
+  </si>
+  <si>
+    <t>Подвес MAG-HANG-ORIENT-L2000 (SL) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Подвес MAG-HANG-ORIENT-L2000 (WH-SL) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый MAG-ORIENT-TRACK-2652-FDW-1000 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый MAG-ORIENT-TRACK-2652-FDW-2000 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый MAG-ORIENT-TRACK-2652-FDW-3000 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-ORIENT-TRACK-2652-1000 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-ORIENT-TRACK-2652-2000 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-ORIENT-TRACK-2652-3000 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор прямой MAG-ORIENT-CON-I (WH) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Коннектор гибкий MAG-ORIENT-CON-FLEX-POWER (WH) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор питания MAG-ORIENT-CON-POWER (WH) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор прямой MAG-ORIENT-CON-I-POWER (WH) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-2652-FDW-L90-INT (WH, внутренний) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-ORIENT-CON-2652-FDW-L90 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-ORIENT-2652-L90-INT (WH, внутренний) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-ORIENT-CON-2652-L90 (WH) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Заглушка MAG-ORIENT-CAP-2652 (WH) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Заглушка MAG-ORIENT-CAP-POWER-2652 (WH) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Крышка MAG-ORIENT-COVER-26-1000 (WH) (Arlight, Пластик)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-HANG-R45-12W Day4000 (WH, 24 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-HANG-R45-12W Day4000 (WH, 24 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-HANG-R45-12W Warm3000 (WH, 24 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-HANG-R45-12W Warm3000 (WH, 24 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-L235-8W Day4000 (WH, 80 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-L235-8W Day4000 (WH, 80 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-L235-8W Warm3000 (WH, 80 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-L235-8W Warm3000 (WH, 80 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-L465-16W Day4000 (WH, 80 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-L465-16W Day4000 (WH, 80 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-L465-16W Warm3000 (WH, 80 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-L465-16W Warm3000 (WH, 80 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-FOLD-S195-6W Day4000 (WH, 80 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-FOLD-S195-6W Warm3000 (WH, 80 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-FOLD-S195-6W Warm3000 (WH, 80 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-FOLD-S230-12W Day4000 (WH, 80 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-FOLD-S230-12W Day4000 (WH, 80 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-FOLD-S230-12W Warm3000 (WH, 80 deg, 48V DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-FOLD-S230-12W Warm3000 (WH, 80 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-L235-8W Day4000 (WH, 24 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-L235-8W Day4000 (WH, 24 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-L235-8W Warm3000 (WH, 24 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-L235-8W Warm3000 (WH, 24 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-L465-16W Day4000 (WH, 24 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-L465-16W Day4000 (WH, 24 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-L465-16W Warm3000 (WH, 24 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-L465-16W Warm3000 (WH, 24 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-FOLD-S195-6W Day4000 (WH, 30 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-FOLD-S195-6W Day4000 (WH, 30 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-FOLD-S195-6W Warm3000 (WH, 30 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-FOLD-S195-6W Warm3000 (WH, 30 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-FOLD-S230-12W Day4000 (WH, 30 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-FOLD-S230-12W Day4000 (WH, 30 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-FOLD-S230-12W Warm3000 (WH, 30 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-FOLD-S230-12W Warm3000 (WH, 30 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-R35-6W Day4000 (WH, 24 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-R35-6W Day4000 (WH, 24 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-R35-6W Warm3000 (WH, 24 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-R35-6W Warm3000 (WH, 24 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-R45-12W Day4000 (WH, 24 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-R45-12W Day4000 (WH, 24 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-R45-12W Warm3000 (WH, 24 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-R45-12W Warm3000 (WH, 24 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-TUBE-TURN-L600-20W Day4000 (WH, 180 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-TUBE-TURN-L600-20W Warm3000 (WH, 180 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-TUBE-TURN-L900-30W Day4000 (WH, 180 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-TUBE-TURN-L900-30W Warm3000 (WH, 180 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SFERO-HANG-R150-10W Day4000 (BK, 300 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SFERO-HANG-R150-10W Warm3000 (BK, 300 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-HANG-R45-12W Day4000 (BK, 24 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-HANG-R45-12W Day4000 (BK, 24 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-HANG-R45-12W Warm3000 (BK, 24 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-HANG-R45-12W Warm3000 (BK, 24 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-L235-8W Day4000 (BK, 80 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-L235-8W Day4000 (BK, 80 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-L235-8W Warm3000 (BK, 80 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-L235-8W Warm3000 (BK, 80 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-L465-16W Day4000 (BK, 80 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-L465-16W Day4000 (BK, 80 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-L465-16W Warm3000 (BK, 80 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-L465-16W Warm3000 (BK, 80 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-L690-24W Warm3000 (BK, 80 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-L690-24W Day4000 (BK, 80 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-L690-24W Day4000 (BK, 80 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-L690-24W Warm3000 (BK, 80 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-FOLD-S195-6W Day4000 (BK, 80 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-FOLD-S195-6W Day4000 (BK, 80 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-FOLD-S195-6W Warm3000 (BK, 80 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-FOLD-S195-6W Warm3000 (BK, 80 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-FOLD-S230-12W Day4000 (BK, 80 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-FOLD-S230-12W Day4000 (BK, 80 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-FOLD-S230-12W Warm3000 (BK, 80 deg, 48V DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-FLAT-FOLD-S230-12W Warm3000 (BK, 80 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-L235-8W Day4000 (BK, 24 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-L235-8W Day4000 (BK, 24 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-L235-8W Warm3000 (BK, 24 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-L235-8W Warm3000 (BK, 24 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-L465-16W Day4000 (BK, 24 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-L465-16W Day4000 (BK, 24 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-L465-16W Warm3000 (BK, 24 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-L465-16W Warm3000 (BK, 24 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-FOLD-S195-6W Day4000 (BK, 30 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-FOLD-S195-6W Day4000 (BK, 30 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-FOLD-S195-6W Warm3000 (BK, 30 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-FOLD-S195-6W Warm3000 (BK, 30 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-FOLD-S230-12W Day4000 (BK, 30 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-FOLD-S230-12W Day4000 (BK, 30 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-FOLD-S230-12W Warm3000 (BK, 30 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-LASER-FOLD-S230-12W Warm3000 (BK, 30 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-KRATER-L195-12W Day4000 (BK, 25 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-KRATER-L195-12W Warm3000 (BK, 25 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-R35-6W Day4000 (BK, 24 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-R35-6W Day4000 (BK, 24 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-R35-6W Warm3000 (BK, 24 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-R35-6W Warm3000 (BK, 24 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-R45-12W Day4000 (BK, 24 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-R45-12W Day4000 (BK, 24 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-R45-12W Warm3000 (BK, 24 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-R45-12W Warm3000 (BK, 24 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-R65-20W Day4000 (BK, 24 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-R65-20W Day4000 (BK, 24 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-R65-20W Warm3000 (BK, 24 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-SPOT-R65-20W Warm3000 (BK, 24 deg, 48V, DALI) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-TUBE-TURN-L600-20W Day4000 (BK, 180 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-TUBE-TURN-L600-20W Warm3000 (BK, 180 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-TUBE-TURN-L900-30W Warm3000 (BK, 180 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MAG-ORIENT-TUBE-TURN-L900-30W Day4000 (BK, 180 deg, 48V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый MAG-TRACK-2538-FDW-1000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый MAG-TRACK-2538-FDW-2000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый MAG-TRACK-2538-FDW-3000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый MAG-TRACK-2538-F-1000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый MAG-TRACK-2538-F-2000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек встраиваемый MAG-TRACK-2538-F-3000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-TRACK-2538-1000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-TRACK-2540-2000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-TRACK-2538-2000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Трек MAG-TRACK-2538-3000 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-2538-F-L90 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-2538-L90 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Комплект коннекторов MAG-CON-2540-UP-SIDE (BK) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Коннектор прямой MAG-CON-25-UP (BK) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-2538-FDW-L90 (BK) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-2538-L90-INT (BK, внутренний) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор угловой MAG-CON-2538-F-L90-INT (BK, внутренний) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор прямой MAG-CON-25-I-POWER (BK) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Заглушка MAG-CAP-2538 (BK) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Заглушка MAG-CAP-2538-F (BK) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Подвес MAG-HANG-25-L3000 (SL) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Подвес MAG-HANG-2540-L3000 (SL) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Кабель питания ARL-MAG-2x0.75-10M-CU (Clear) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Светильник SP-CUBUS-S100x100-8W Day4000 (WH, 45 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-CUBUS-S100x100-8W Warm3000 (WH, 45 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-CUBUS-S100x100WH-11W White 40deg (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-CUBUS-S100x100WH-11W Day White 40deg (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-CUBUS-S100x100-11W Day4000 (WH, 40 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-CUBUS-S100x100-11W Warm3000 (WH, 40 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-CUBUS-S100x100WH-11W Warm White 40deg (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-CUBUS-S195x100-2x8W Day4000 (WH, 45 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-CUBUS-S195x100-2x8W Warm3000 (WH, 45 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-CUBUS-S100x200WH-2x11W Day White 40deg (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-CUBUS-S100x200-2x11W Day4000(WH, 40 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-CUBUS-S100x200-2x11W Day4000 (WH, 40 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-CUBUS-S100x200-2x11W Warm3000 (WH, 40 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-CUBUS-S100x200WH-2x11W Warm White 40deg (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-CUBUS-S100x100-8W Day4000 (BK, 45 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-CUBUS-S100x100-8W Warm3000 (BK, 45 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-CUBUS-S100x100-11W Day4000 (BK, 40 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-CUBUS-S100x100-11W Day4000 (BK, 40deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-CUBUS-S100x100BK-11W Warm White 40deg (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-CUBUS-S100x100-11W Warm3000 (BK, 40 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-CUBUS-S195x100-2х8W Day4000 (BK, 45 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-CUBUS-S195x100-2х8W Warm3000 (BK, 45 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-CUBUS-S100x200-2x11W Day4000 (BK, 40 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-CUBUS-S100x200BK-2x11W Warm White 40deg (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-CUBUS-S100x200-2x11W Warm3000 (BK, 40 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FOCUS-R90-9W Day White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FOCUS-R90-9W Warm White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FOCUS-R120-16W White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FOCUS-R120-16W Day White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FOCUS-R120-16W Warm White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FOCUS-R140-30W White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FOCUS-R140-30W Day White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FOCUS-R140-30W Warm White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FOCUS-R90-9W Day4000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FOCUS-R90-9W Warm3000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FOCUS-R120-16W Day4000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FOCUS-R120-16W Warm3000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FOCUS-R140-30W Day4000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FOCUS-R140-21W Day4000 (BK, 24 deg, DALI, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FOCUS-R140-30W Warm3000 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LOFT-SURFACE-S170-10W White6000 (WH, 24 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LOFT-SURFACE-S170-10W Day4000 (WH, 24 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LOFT-SURFACE-S170-10W Warm3000 (WH, 24 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LOFT-SURFACE-S170-10W White6000 (BK, 24 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LOFT-SURFACE-S170-10W Day4000 (BK, 24 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LOFT-SURFACE-S170-10W Warm3000 (BK, 24 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-MONA-SURFACE-R100-12W Day4000 (WH, 24 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-MONA-SURFACE-R100-12W Warm3000 (WH, 24 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-MONA-SURFACE-R100-12W Day4000 (BK, 24 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-MONA-SURFACE-R100-12W Warm3000 (BK, 24 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ORIENT-SURFACE-TC-S65x65-10W Day4000 (WH, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ORIENT-SURFACE-TC-S65x65-10W Warm3000 (WH, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ORIENT-SURFACE-TC-S95x95-20W Day4000 (WH, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ORIENT-SURFACE-TC-S95x95-20W Warm3000 (WH, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ORIENT-SURFACE-TC-S186x35-15W Day4000 (WH, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ORIENT-SURFACE-TC-S186x35-15W Warm3000 (WH, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ORIENT-SURFACE-TC-S65x65-10W Day4000 (BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ORIENT-SURFACE-TC-S65x65-10W Warm3000 (BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ORIENT-SURFACE-TC-S95x95-20W Day4000 (BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ORIENT-SURFACE-TC-S95x95-20W Warm3000 (BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ORIENT-SURFACE-TC-S186x35-15W Day4000 (BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ORIENT-SURFACE-TC-S186x35-15W Warm3000 (BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S120x120-12W Warm3000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S120x120-13W Day4000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S120x120-13W Warm3000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S175x175-16W Day4000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S175x175-16W Warm3000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S250x250-25W Day4000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S250x250-25W Warm3000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S350x350-30W Day4000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S350x350-30W Warm3000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S400x400-40W Day4000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S400x400-40W Warm3000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S500x500-50W Day4000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S500x500-50W Warm3000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S600x600-60W Day4000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S600x600-60W Warm3000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S120x120-12W Warm3000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S120x120-13W Day4000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S120x120-13W Warm3000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S175x175-16W Day4000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S175x175-16W Warm3000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S250x250-25W Day4000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S250x250-25W Warm3000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S300x300-36W Warm3000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S350x350-30W Day4000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S350x350-30W Warm3000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S400x400-40W Day4000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S400x400-40W Warm3000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S500x500-50W Day4000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S500x500-50W Warm3000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S600x600-60W Warm3000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-QUADRO-S600x600-60W Day4000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-90A-8W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-90A-8W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-120A-12W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-120A-12W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-140A-18W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-140A-18W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-175A-16W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-175A-16W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R175-16W Day4000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R175-16W Warm3000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-210A-20W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-210A-20W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R210-20W Day4000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R210-20W Warm3000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-250A-30W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-250A-30W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R250-20W Day4000 (WH, 120 deg, 230V) (Arlight, IP44 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R250-30W Day4000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R250-30W Warm3000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R350-30W Day4000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R350-30W Warm3000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R400-40W Day4000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R400-40W Warm3000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R500-60W Day4000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R500-50W Day4000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R500-50W Warm3000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R600-72W Day4000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R600-72W Warm3000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R600-60W Day4000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R600-60W Warm3000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-90B-8W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-90B-8W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-120B-12W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-120B-12W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-140B-18W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-140B-18W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-175B-16W White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-175B-16W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-175B-16W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R175-16W Day4000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R175-16W Warm3000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-210B-20W White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-210B-20W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-210B-20W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R210-20W Day4000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R210-20W Warm3000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-250B-30W White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-250B-30W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-250B-30W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R250-30W Day4000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R250-30W Warm3000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R350-30W Day4000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R350-30W Warm3000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R400-40W Day4000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R400-40W Warm3000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R500-50W Day4000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R500-50W Warm3000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R600-60W Day4000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-R600-60W Warm3000 (BK, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-FLAP-R95-16W Day4000 (WH, 110 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-FLAP-R95-16W Warm3000 (WH, 110 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-FLAP-R110-25W Day4000 (WH, 110 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-FLAP-R110-25W Warm3000 (WH, 110 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-FLAP-R175-16W Day4000 (WH, 110 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-FLAP-R175-16W Warm3000 (WH, 110 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-FLAP-R210-20W Day4000 (WH, 110 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-FLAP-R210-20W Warm3000 (WH, 110 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-FLAP-R250-30W Day4000 (WH, 110 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-FLAP-R250-30W Warm3000 (WH, 110 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-FLAP-R95-16W Day4000 (BK, 110 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-FLAP-R95-16W Warm3000 (BK, 110 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-FLAP-R110-25W Day4000 (BK, 110 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-FLAP-R110-25W Warm3000 (BK, 110 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-FLAP-R175-16W Day4000 (BK, 110 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-FLAP-R175-16W Warm3000 (BK, 110 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-FLAP-R210-20W Day4000 (BK, 110 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-FLAP-R210-20W Warm3000 (BK, 110 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-FLAP-R250-30W Day4000 (BK, 110 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-RONDO-FLAP-R250-30W Warm3000 (BK, 110 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник ALT-TOR-BB200SW-7W Warm White (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник ALT-TOR-BB910SW-120W Day White (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник ALT-TOR-BB910SW-120W Warm White (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TWIST-SURFACE-S60x60-12W Day4000 (WH-BK, 30 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TWIST-SURFACE-S60x60-12W Warm3000 (WH-BK, 30 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TWIST-SURFACE-R70-12W White5000 (WH-BK, 30 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TWIST-SURFACE-R70-12W Day4000 (WH-BK, 30 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TWIST-SURFACE-R70-12W Warm3000 (WH-BK, 30 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TWIST-SURFACE-S60x60-12W Day4000 (BK, 30 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TWIST-SURFACE-S60x60-12W Warm3000 (BK, 30 deg) (Arlight, IP40 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TWIST-SURFACE-R70-12W White5000 (BK, 30 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TWIST-SURFACE-R70-12W Day4000 (BK, 30 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TWIST-SURFACE-R70-12W Warm3000 (BK, 30 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-UNO-R55-5W White6000 (WH, 24 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Подвес SPX90A (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Подвес SPX120A (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Подвес SPX140A (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Подвес SPX-HANG-R90-L1000 (BK) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Подвес SPX-HANG-R120-L1000 (BK) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Подвес SPX-HANG-R140-L1000 (BK) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R400-25W Day4000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R400-25W Day4000 (WH, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R400-25W Warm3000 (WH, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R400-25W Warm3000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R500-35W Day4000 (WH, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R500-35W Day4000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R500-35W Warm3000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R500-35W Warm3000 (WH, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-TB600SW-50W Day White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R600-50W Day4000 (WH, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-TB600SW-50W Warm White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R600-50W Warm3000 (WH, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R600-50W Warm3000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R800-94W Day4000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R800-94W Day4000 (WH, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R800-94W Warm3000 (WH, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R800-94W Warm3000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R400-25W Day4000 (BK, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R400-25W Day4000 (BK, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R400-25W Warm3000 (BK, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R400-25W Warm3000 (BK, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-TB500SB-30W-R White-MIX (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R500-35W Day4000 (BK, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R500-35W Day4000 (BK, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R500-35W Warm3000 (BK, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R600-50W Day4000 (BK, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R600-50W Day4000 (BK, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R600-50W Warm3000 (BK, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R800-94W Day4000 (BK, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R800-94W Day4000 (BK, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-PILL-R800-94W Warm3000 (BK, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-QUADRAT-S450x450-35W Day4000 (WH, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-QUADRAT-S450x450-35W Warm3000 (WH, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-QUADRAT-S550x550-53W Day4000 (WH, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-QUADRAT-S550x550-53W Warm3000 (WH, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-RING-HANG-R460-33W Day4000 (WH, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-RING-HANG-R460-33W Warm3000 (WH, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-RING-HANG-R600-42W Day4000 (WH, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-RING-HANG-R600-42W Warm3000 (WH, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-RING-HANG-R460-33W Day4000 (BK, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-RING-HANG-R460-33W Warm3000 (BK, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-RING-HANG-R600-42W Day4000 (BK, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-RING-HANG-R600-42W Warm3000 (BK, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-RING-SURFACE-R460-33W Day4000 (WH, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-RING-SURFACE-R460-33W Warm3000 (WH, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-RING-SURFACE-R600-42W Day4000 (WH, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-RING-SURFACE-R600-42W Warm3000 (WH, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TOR-TB400SW-25W Warm White (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Подвес SPX-TB-1 (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Подвес SPX-TB-2 (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Подвес SPX-TB-1 Black (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Подвес SPX-TB-2 Black (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-BED-NB-R90-3W Warm3000 (WH, 20 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-BED-R90-3W Warm3000 (WH, 20 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-BED-CHARGE-S60x125-3W Warm3000 (WH, 20 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-BED-NB-R90-3W Warm3000 (GD, 20 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-BED-NB-R90-3W Warm3000 (BR, 20 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-BED-NB-R90-3W Warm3000 (NI, 20 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-BED-NB-R90-3W Warm3000 (BK, 20 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-BED-R90-3W Warm3000 (BK, 20 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-BED-CHARGE-S60x125-3W Warm3000 (BK, 20 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SON-R90-3W Warm3000 (WH, 100 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SON-R90-3W Warm3000 (BK, 100 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-WALL-MINI-TWIN-S104x39-2x3W Warm3000 (WH, 40 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-WALL-MINI-TWIN-S104x39-2x3W Day4000 (WH, 40 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-WALL-TWIN-S180x72-2x6W Day4000 (WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-WALL-TWIN-S180x72-2x6W Warm3000 (WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-WALL-S115x72-6W Day4000 (WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-WALL-S115x72-6W Warm3000 (WH, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-WALL-MINI-S60x39-3W Day4000 (WH, 40 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-WALL-MINI-S60x39-3W Warm3000 (WH, 40 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-WALL-MINI-TWIN-S104x39-2x3W Warm3000 (GD, 40 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-WALL-MINI-TWIN-S104x39-2x3W Day4000 (GD, 40 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-WALL-MINI-S60x39-3W Day4000 (GD, 40 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-WALL-MINI-S60x39-3W Warm3000 (GD, 40 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-WALL-TWIN-S180x72-2x6W Warm3000 (GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-WALL-TWIN-S180x72-2x6W Day4000 (GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-WALL-S115x72-6W Day4000 (GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-WALL-S115x72-6W Warm3000 (GD, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-WALL-MINI-TWIN-S104x39-2x3W Day4000 (BK, 40 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-WALL-MINI-TWIN-S104x39-2x3W Warm3000 (BK, 40 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-WALL-TWIN-S180x72-2x6W Day4000 (BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-WALL-TWIN-S180x72-2x6W Warm3000 (BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-WALL-S115x72-6W Warm3000 (BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-WALL-S115x72-6W Day4000 (BK, 40 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-WALL-MINI-S60x39-3W Warm3000 (BK, 40 deg, 230v) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-WALL-MINI-S60x39-3W Day4000 (BK, 40 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-VINCI-S600x55-7W Day4000 (WH, 110 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-VINCI-S600x55-7W Warm3000 (WH, 110 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-VINCI-S900x55-10W Day4000 (WH, 110 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-VINCI-S900x55-10W Warm3000 (WH, 110 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-VINCI-S600x55-7W Day4000 (BK, 110 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-VINCI-S600x55-7W Warm3000 (BK, 110 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-VINCI-S900x55-10W Day4000 (BK, 110 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-VINCI-S900x55-10W Warm3000 (BK, 110 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-Wall-110WH-Flat-6W Warm White (Arlight, IP54 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-Wall-110WH-Flat-6W Day White (Arlight, IP54 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-Wall-170WH-Flat-12W Day White (Arlight, IP54 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-Wall-170WH-Flat-12W Warm White (Arlight, IP54 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-WALL-FLAT-S110x90-2x3W Warm3000 (GR, 120 deg, 230V) (Arlight, IP54 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-WALL-FLAT-S110x90-2x3W Day4000 (GR, 120 deg, 230V) (Arlight, IP54 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-WALL-FLAT-S170x90-2x6W Warm3000 (GR, 120 deg, 230V) (Arlight, IP54 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-WALL-FLAT-S170x90-2x6W Day4000 (GR, 120 deg, 230V) (Arlight, IP54 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TENERO-S600x45-13W Warm3000 (WH, 120 deg, 230V) (Arlight, IP54 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-TENERO-S600x45-13W Day4000 (WH, 120 deg, 230V) (Arlight, IP54 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-Wall-140WH-Vase-6W Day White (Arlight, IP54 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-Wall-140WH-Vase-6W Warm White (Arlight, IP54 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-Wall-200WH-Vase-12W Day White (Arlight, IP54 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-Wall-200WH-Vase-12W Warm White (Arlight, IP54 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-WALL-VASE-S140x88-2x3W Warm3000 (GR, 120 deg, 230V) (Arlight, IP54 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-WALL-VASE-S140x88-2x3W Day4000 (GR, 120 deg, 230V) (Arlight, IP54 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-WALL-VASE-S200x110-2x6W Warm3000 (GR, 120 deg, 230V) (Arlight, IP54 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-WALL-VASE-S200x110-2x6W Day4000 (GR, 120 deg, 230V) (Arlight, IP54 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-HANG-R85 (WH, 1-3, 350mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Цилиндр подвесной SP-POLO-R85P White (1-3) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-HANG-LONG300-R85 (WH, 1-3, 350mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-HANG-LONG450-R65 (WH, 1-3, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Цилиндр подвесной SP-POLO-R85P Silver (1-3) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-HANG-R85 (BK, 1-3, 350mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Цилиндр подвесной SP-POLO-R85P Black (1-3) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-HANG-LONG300-R85 (BK, 1-3, 350mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Корпус SP-POLO-HANG-LONG450-R65 (BK, 1-3, 200mA) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Лента-трос STINGRAY-RT-B30-10mm 24V RGB (7.2 W/m, IP20, 5060, 5m) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Лента-трос STINGRAY-RT-A120-8mm 24V Cool 8K (9.6 W/m, IP20, 5m) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Лента-трос STINGRAY-RT-A120-8mm 24V White6000 (9.6 W/m, IP20, 5m) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Лента-трос STINGRAY-RT-A120-8mm 24V Day4000 (9.6 W/m, IP20, 5m) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Лента-трос STINGRAY-RT-A120-8mm 24V Warm3000 (9.6 W/m, IP20, 5m) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Лента-трос STINGRAY-RT-A120-8mm 24V Warm2700 (9.6 W/m, IP20, 5m) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Лента-трос STINGRAY-IC-A120 24V White6000 (9.6 W/m, IP20, 10m) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Лента-трос STINGRAY-IC-A120 24V Day4000 (9.6 W/m, IP20, 10m) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Лента-трос STINGRAY-IC-A120 24V Warm3000 (9.6 W/m, IP20, 10m) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Лента-трос STINGRAY-IC-A120 24V Warm2700 (9.6 W/m, IP20, 10m) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Система креплений STINGRAY-SET-NS (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Система креплений STINGRAY-SET-5000 (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Система креплений STINGRAY-SET-10000 (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-TRUECOLOR-4TR-R55-10W Day4000 CRI98 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-TRUECOLOR-4TR-R55-10W Warm3000 CRI98 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-TRUECOLOR-4TR-R74-20W Day4000 CRI98 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-TRUECOLOR-4TR-R74-20W Warm3000 CRI98 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-TRUECOLOR-4TR-R90-30W Day4000 CRI98 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-TRUECOLOR-4TR-R90-30W Warm3000 CRI98 (WH, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-TRUECOLOR-4TR-R67-10W Day4000 CRI98 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-TRUECOLOR-4TR-R67-10W Warm3000 CRI98 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-TRUECOLOR-4TR-R88-20W Day4000 CRI98 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-TRUECOLOR-4TR-R88-20W Warm3000 CRI98 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-TRUECOLOR-4TR-R100-30W Day4000 CRI98 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-TRUECOLOR-4TR-R100-30W Warm3000 CRI98 (WH, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-TRUECOLOR-4TR-R55-10W Day4000 CRI98 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-TRUECOLOR-4TR-R55-10W Warm3000 CRI98 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-TRUECOLOR-4TR-R74-20W Day4000 CRI98 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-TRUECOLOR-4TR-R74-20W Warm3000 CRI98 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-TRUECOLOR-4TR-R90-30W Day4000 CRI98 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-GERA-TRUECOLOR-4TR-R90-30W Warm3000 CRI98 (BK, 24 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-TRUECOLOR-4TR-R67-10W Day4000 CRI98 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-TRUECOLOR-4TR-R67-10W Warm3000 CRI98 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-TRUECOLOR-4TR-R88-20W Day4000 CRI98 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-TRUECOLOR-4TR-R88-20W Warm3000 CRI98 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-TRUECOLOR-4TR-R100-30W Day4000 CRI98 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LGD-ZEUS-TRUECOLOR-4TR-R100-30W Warm3000 CRI98 (BK, 20-60 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-Roll-70WH 5W Warm White 10deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTM-Roll-70WH 5W Day White 10deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная лампа AR-G9-1650S-2.5W-230V Warm White (Arlight, Закрытый)</t>
+  </si>
+  <si>
+    <t>Светодиодная лампа AR-G9 2.5W 2360 White 220V (Arlight, Открытый)</t>
+  </si>
+  <si>
+    <t>Светодиодная лампа AR-G9 2.5W 2360 Day White 220V (Arlight, Открытый)</t>
+  </si>
+  <si>
+    <t>Светодиодная лампа E27 AR-PAR38-30L-18W White (Arlight, PAR38)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LTD-85SOL-5W Day White (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LTD-85SOL-5W Warm White (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LTD-95SOL-10W White (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LTD-95SOL-10W Day White (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LTD-95SOL-10W Warm White (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LTD-115SOL-15W White (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LTD-115SOL-15W Day White (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LTD-115SOL-15W Warm White (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LTD-135SOL-20W White (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LTD-135SOL-20W Day White (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LTD-135SOL-20W Warm White (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LTD-80x80SOL-5W White 6000K (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LTD-80x80SOL-5W Day White 4000K (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LTD-80x80SOL-5W Warm White 3000K (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LTD-96x96SOL-10W Day White 4000K (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LTD-96x96SOL-10W Warm White 3000K (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-80R-Opal-Roll 5W White (Arlight, IP40 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-80R-Opal-Roll 5W Day White (Arlight, IP40 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-80R-Opal-Roll 5W Warm White (Arlight, IP40 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-80R-Opal-Sphere 5W White (Arlight, IP40 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-80R-Opal-Roll 2x3W Warm White (Arlight, IP40 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-80R-Crystal-Sphere 5W White (Arlight, IP40 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-80R-Crystal-Sphere 5W Warm White (Arlight, IP40 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-80R-Crystal-Roll 2x3W Warm White (Arlight, IP40 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LTD-80x80SOL-BK-5W Day White (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LTD-80x80SOL-BK-5W Warm White (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LTD-96x96SOL-BK-10W Day White (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LTD-96x96SOL-BK-10W Warm White (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Набор KT-R-6x0.5W LED Day White 12V (круг) (Arlight, IP67 Металл, 1 год)</t>
+  </si>
+  <si>
+    <t>Набор KT-R-6x0.5W LED Warm White 12V (круг) (Arlight, IP67 Металл, 1 год)</t>
+  </si>
+  <si>
+    <t>Набор KT-S-6x0.6W LED Day White 12V (квадрат) (Arlight, IP67 Металл, 1 год)</t>
+  </si>
+  <si>
+    <t>Набор KT-S-6x0.6W LED Warm White 12V (квадрат) (Arlight, IP67 Металл, 1 год)</t>
+  </si>
+  <si>
+    <t>Светильник ART-DECK-LAMP-R40-1W Day4000 (SL, 120 deg, 12-24V) (Arlight, IP67 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник ART-DECK-LAMP-R40-1W Warm3000 (SL, 120 deg, 12-24V) (Arlight, IP67 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор прямой NEO-CON-I-2pin-BK (3-7mm, IP67) (Arlight, IP67 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Коннектор тройной NEO-CON-T-2pin-BK (3-7mm, IP67) (Arlight, IP67 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Накладка ART-DECK-CAP-FLAT-R50 (SL, STEEL) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Накладка ART-DECK-CAP-ROLL-R50 (SL, STEEL) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Накладка ART-DECK-CAP-LID-R50 (SL, STEEL) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Накладка ART-DECK-CAP-DOME-R50 (SL, STEEL) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Накладка ART-DECK-CAP-LID-R50 (WH) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Накладка ART-DECK-CAP-LID-R50 (BK) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELEGANT-R300-17W Day4000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELEGANT-R300-17W Warm3000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELEGANT-R500-37W Day4000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELEGANT-R500-37W Warm3000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELEMENTA-ORB-R100-9W Day4000 (WH, 39 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELEMENTA-ORB-R100-9W Warm3000 (WH, 39 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELEMENTA-DOME-R71-9W Day4000 (WH, 39 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELEMENTA-DOME-R71-9W Warm3000 (WH, 39 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELEMENTA-CONE-R83-9W Day4000 (WH, 39 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELEMENTA-CONE-R83-9W Warm3000 (WH, 39 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELEMENTA-ROLL-R100-9W Day4000 (WH, 39 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELEMENTA-ROLL-R100-9W Warm3000 (WH, 39 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELIZEO-S1000-16W Day4000 (WH, 35 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELIZEO-S1000-16W Warm3000 (WH, 35 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-EMISFERO-R150-11W Day4000 (WH, 170 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-EMISFERO-R150-11W Warm3000 (WH, 170 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-EMISFERO-R200-16W Day4000 (WH, 180 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-EMISFERO-R200-16W Warm3000 (WH, 180 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ERIC-R250-8W Day4000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ERIC-R250-8W Warm3000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FIORE-R250-8W Day4000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FIORE-R250-8W Warm3000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FIORE-R400-13W Day4000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FIORE-R400-13W Warm3000 (WH, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LEGACY-S585x250-6x6W Warm3000 (WH, 34 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-MARQUO-S770x70-20W Warm3000 (WH, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-HANG-R70-13W Day4000 (WH, 50 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-HANG-R70-13W Warm3000 (WH, 50 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELEMENTA-ORB-R100-9W Day4000 (GD, 39 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELEMENTA-ORB-R100-9W Warm3000 (GD, 39 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-EMISFERO-R150-11W Day4000 (GD, 170 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-EMISFERO-R150-11W Warm3000 (GD, 170 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-EMISFERO-R200-16W Day4000 (GD, 180 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-EMISFERO-R200-16W Warm3000 (GD, 180 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-HANG-R70-13W Warm3000 (GD, 50 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-HANG-R70-13W Day4000 (GD, 50 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-BEADS-HANG-T-R100-8W Day4000 (BK, 180 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-BEADS-HANG-T-R100-8W Warm3000 (BK, 180 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-BEADS-HANG-R130-10W Day4000 (BK, 250 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-BEADS-HANG-U-R130-10W Day4000 (BK, 275 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-BEADS-HANG-U-R130-10W Warm3000 (BK, 275 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-BEADS-HANG-R130-10W Warm3000 (BK, 250 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELEGANT-R300-17W Day4000 (BK, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELEGANT-R300-17W Warm3000 (BK, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELEGANT-R500-37W Day4000 (BK, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELEGANT-R500-37W Warm3000 (BK, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELEMENTA-ORB-R100-9W Day4000 (BK, 39 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELEMENTA-ORB-R100-9W Warm3000 (BK, 39 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELEMENTA-DOME-R71-9W Day4000 (BK, 39 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELEMENTA-DOME-R71-9W Warm3000 (BK, 39 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELEMENTA-CONE-R83-9W Day4000 (BK, 39 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELEMENTA-CONE-R83-9W Warm3000 (BK, 39 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELEMENTA-ROLL-R100-9W Day4000 (BK, 39 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELEMENTA-ROLL-R100-9W Warm3000 (BK, 39 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELIZEO-S1000-16W Day4000 (BK, 35 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ELIZEO-S1000-16W Warm3000 (BK, 35 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-EMISFERO-R150-11W Day4000 (BK, 170 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-EMISFERO-R150-11W Warm3000 (BK, 170 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-EMISFERO-R200-16W Day4000 (BK, 180 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-EMISFERO-R200-16W Warm3000 (BK, 180 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ERIC-R250-8W Day4000 (BK, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-ERIC-R250-8W Warm3000 (BK, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FIORE-R250-8W Day4000 (BK, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FIORE-R250-8W Warm3000 (BK, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FIORE-R400-13W Day4000 (BK, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-FIORE-R400-13W Warm3000 (BK, 120 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LEGACY-S585x250-6x6W Warm3000 (BK, 34 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-MARQUO-S770x70-20W Warm3000 (BK, 120 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-HANG-R70-13W Day4000 (BK, 50 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-SPICY-HANG-R70-13W Warm3000 (BK, 50 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-BEADS-HANG-T-R100-8W Day4000 (BK-GD, 180 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-BEADS-HANG-T-R100-8W Warm3000 (BK-GD, 180 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-BEADS-HANG-R130-10W Day4000 (BK-GD, 250 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-BEADS-HANG-U-R130-10W Day4000 (BK-GD, 275 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-BEADS-HANG-U-R130-10W Warm3000 (BK-GD, 275 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-BEADS-HANG-R130-10W Warm3000 (BK-GD, 250 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Дизайнерский профиль SL-MOONRING-D700 (BK) (Arlight, Алюминий)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LT-R96WH 6W Day White 120deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LT-R96WH 6W Warm White 120deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LT-R160WH 12W Day White 120deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LT-R160WH 12W Warm White 120deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LT-R200WH 16W Day White 120deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LT-R200WH 16W Warm White 120deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LT-S96x96WH 6W Day White 120deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LT-S96x96WH 6W Warm White 120deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LT-S160x160WH 12W White 120deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LT-S160x160WH 12W Day White 120deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LT-S160x160WH 12W Warm White 120deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LT-S200x200WH 16W Day White 120deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная панель LT-S200x200WH 16W Warm White 120deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-KARDAN-S102x102-9W White (WH, 38 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-KARDAN-S102x102-9W Day (WH, 38 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-KARDAN-S102x102-9W Warm (WH, 38 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-KARDAN-S180x102-2x9W White (WH, 38 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-KARDAN-S180x102-2x9W Day (WH, 38 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-KARDAN-S180x102-2x9W Warm (WH, 38 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-KARDAN-S260x102-3x9W White (WH, 38 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-KARDAN-S260x102-3x9W Day (WH, 38 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-KARDAN-S260x102-3x9W Warm (WH, 38 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-KARDAN-S102x102-9W White (WH-BK, 38 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-KARDAN-S102x102-9W Day (WH-BK, 38 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-KARDAN-S102x102-9W Warm (WH-BK, 38 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-KARDAN-S190x190-25W Day4000 (WH-BK, 30 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-KARDAN-S190x190-25W Warm3000 (WH-BK, 30 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-KARDAN-S180x102-2x9W White (WH-BK, 38 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-KARDAN-S180x102-2x9W Day (WH-BK, 38 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-KARDAN-S180x102-2x9W Warm (WH-BK, 38 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-KARDAN-S260x102-3x9W White (WH-BK, 38 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-KARDAN-S260x102-3x9W Day (WH-BK, 38 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-KARDAN-S260x102-3x9W Warm (WH-BK, 38 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-KARDAN-S283x152-2x25W White6000 (WH-BK, 30 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-KARDAN-S283x152-2x25W Day4000 (WH-BK, 30 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-KARDAN-S283x152-2x25W Warm3000 (WH-BK, 30 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-KARDAN-S375x190-2x25W White6000 (WH-BK, 30 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-KARDAN-S375x190-2x25W Day4000 (WH-BK, 30 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-KARDAN-S375x190-2x25W Warm3000 (WH-BK, 30 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-SIMPLE-S80x80-9W Day4000 (WH, 45 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-SIMPLE-S80x80-9W Warm3000 (WH, 45 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-SIMPLE-R78-9W Day4000 (WH, 45 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-SIMPLE-R78-9W Warm3000 (WH, 45 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-SIMPLE-S148x80-2x9W Day4000 (WH, 45 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-SIMPLE-S148x80-2x9W Warm3000 (WH, 45 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-SIMPLE-S80x80-9W Day4000 (BK, 45 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-SIMPLE-S80x80-9W Warm3000 (BK, 45 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-SIMPLE-R78-9W Day4000 (BK, 45 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-SIMPLE-R78-9W Warm3000 (BK, 45 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-SIMPLE-S148x80-2x9W Day4000 (BK, 45 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-SIMPLE-S148x80-2x9W Warm3000 (BK, 45 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Лампа AR111-UNIT-G53-12W- Warm3000 (WH, 120 deg, 12V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Лампа AR111-UNIT-G53-12W- Day4000 (WH, 120 deg, 12V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Лампа AR111-UNIT-G53-15W- Warm3000 (WH, 24 deg, 12V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Лампа AR111-UNIT-G53-15W- Day4000 (WH, 24 deg, 12V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Лампа AR111-UNIT-GU10-15W-DIM Warm3000 (WH, 120 deg, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Лампа AR111-UNIT-GU10-15W-DIM Day4000 (WH, 120 deg, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Лампа AR111-UNIT-GU10-15W-DIM Warm3000 (WH, 24 deg, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Лампа AR111-UNIT-GU10-15W-DIM Day4000 (WH, 24 deg, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Лампа AR111-FORT-G53-12W-DIM Warm3000 (Reflector, 24 deg, драйвер 350mA) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Лампа AR111-FORT-GU10-12W-DIM Day4000 (Reflector, 24 deg, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Лампа AR111-FORT-G53-12W-DIM Day4000 (Reflector, 24 deg, драйвер 350mA) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Лампа AR111-FORT-G53-15W-DIM Warm3000 (Reflector, 24 deg, драйвер 350mA) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Лампа AR111-FORT-GU10-15W-DIM Day4000 (Reflector, 24 deg, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Лампа AR111-FORT-G53-15W-DIM Day4000 (Reflector, 24 deg, драйвер 350mA) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Панель IM-EMERGENCY-3H-S300x300-17W Day4000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 2 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-EMERGENCY-3H-S300x300-17W Warm3000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 2 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-EMERGENCY-3H-S300x300-17W White6000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 2 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-EMERGENCY-3H-S300x600-23W White6000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 2 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-EMERGENCY-3H-S300x600-23W Day4000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 2 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-EMERGENCY-3H-S300x600-23W Warm3000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 2 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-EMERGENCY-1.5H-S300x1200-45W White6000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 2 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-EMERGENCY-1.5H-S300x1200-45W Day4000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 2 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-EMERGENCY-1.5H-S300x1200-45W Warm3000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 2 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-EMERGENCY-2H-S600x600-45W White6000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 2 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-EMERGENCY-2H-S600x600-45W Day4000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 2 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-EMERGENCY-2H-S600x600-45W Warm3000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 2 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-EMERGENCY-1.5H-S600x1200-53W White6000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 2 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-EMERGENCY-1.5H-S600x1200-53W Day4000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 2 года)</t>
+  </si>
+  <si>
+    <t>Панель IM-EMERGENCY-1.5H-S600x1200-53W Warm3000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 2 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-FIOKK-R180-12W Day4000-MIX (WH, 120 deg, 230V) (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-FIOKK-R220-18W Day4000-MIX (WH, 120 deg, 230V) (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-FIOKK-R300-25W Day4000-MIX (WH, 120 deg, 230V) (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-FIOKK-S180x180-12W Day4000-MIX (WH, 120 deg, 230V) (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-FIOKK-S220x220-18W Day4000-MIX (WH, 120 deg, 230V) (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-FIOKK-S300x300-25W Day4000-MIX (WH, 120 deg, 230V) (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-FRISBEE-DIM-R250-12W Day4000-MIX (WH, 180 deg, 230V) (Arlight, IP54 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-FRISBEE-MOTION-R250-12W Day4000 (WH, 180 deg, 230V) (Arlight, IP54 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-FRISBEE-MOTION-R250-12W Warm3000 (WH, 180 deg, 230V) (Arlight, IP54 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-FRISBEE-DIM-R300-18W Day4000-MIX (WH, 180 deg, 230V) (Arlight, IP54 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-FRISBEE-MOTION-R300-18W Day4000 (WH, 180 deg, 230V) (Arlight, IP54 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-FRISBEE-MOTION-R300-18W Warm3000 (WH, 180 deg, 230V) (Arlight, IP54 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-FRISBEE-DIM-R380-25W Day4000-MIX (WH, 180 deg, 230V) (Arlight, IP54 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-FRISBEE-MOTION-R380-25W Day4000 (WH, 180 deg, 230V) (Arlight, IP54 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-FRISBEE-MOTION-R380-25W Warm3000 (WH, 180 deg, 230V) (Arlight, IP54 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-MUSHROOM-R180-8W Day4000 (WH, 120 deg, 230V) (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-MUSHROOM-R180-8W Warm3000 (WH, 120 deg, 230V) (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-MUSHROOM-R280-12W Day4000 (WH, 120 deg, 230V) (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник CL-MUSHROOM-R280-12W Warm3000 (WH, 120 deg, 230V) (Arlight, IP44 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник сенсорный PIR32 (2W, 32 LED) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-R120-6W White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-R120-6W Day White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-R120-6W Warm White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-R145-9W White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-R145-9W Day White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-R145-9W Warm White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-R175-12W Day White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-R175-12W Warm White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-R225-18W White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-R225-18W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-R225-18W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-R600A-48W White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-R600A-48W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-BASIC-R600-48W Warm3000 (WH, 120 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-S120x120-6W White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-S120x120-6W Day White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-S120x120-6W Warm White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-S145x145-9W Day White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-S145x145-9W Day White (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник SP-S145x145-9W Warm White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-S225x225-18W White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-S225x225-18W Day White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-S225x225-18W Warm White (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Набор FX-SPRINGS-65 (SL) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Набор FX-SPRINGS-67 (SL) (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Светодиодная Лампа ECOTUBE T8-600DR-10W-220V Warm White (Arlight, T8 линейный)</t>
+  </si>
+  <si>
+    <t>Светодиодная Лампа ECOTUBE T8-600-10W Day White 220V (Arlight, T8 линейный)</t>
+  </si>
+  <si>
+    <t>Светодиодная Лампа ECOTUBE T8-600DR-10W-220V Day White (Arlight, T8 линейный)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ORIENT-BUILT-TRIMLESS-TC-S38x67-5W Day4000 (WH-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ORIENT-BUILT-TRIMLESS-TC-S38x67-5W Warm3000 (WH-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ORIENT-BUILT-TRIMLESS-TC-S38x127-10W Day4000 (WH-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ORIENT-BUILT-TRIMLESS-TC-S38x127-10W Warm3000 (WH-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ORIENT-BUILT-TRIMLESS-TC-S38x277-20W Day4000 (WH-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ORIENT-BUILT-TRIMLESS-TC-S38x277-20W Warm3000 (WH-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светодиодная лампа E14 CR-DP-G60 6W White (Arlight, ШАР)</t>
+  </si>
+  <si>
+    <t>Светодиодная лампа E14 CR-DP-G60 6W Day White (Arlight, ШАР)</t>
+  </si>
+  <si>
+    <t>Автолампа ARL-F42-3E Warm White (10-30V, 3 LED 2835) (ANR, Открытый)</t>
+  </si>
+  <si>
+    <t>Автолампа ARL-F37-3E Warm White (10-30V, 3 LED 2835) (ANR, Открытый)</t>
+  </si>
+  <si>
+    <t>Автолампа ARL-T5 Yellow Flat 5mm LED (12V, W1.2W Wedge) (ANR, Закрытый)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG-ARC-C3535-D800-34W Day4000 (WHITE, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG-ARC-C3535-D800-34W Warm3000 (WHITE, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG-ARC-C3535-D800-34W Day4000 (BLACK, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG-ARC-C3535-D800-34W Warm3000 (BLACK, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG-ARC-O3535-D800-65W Day4000 (WHITE, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG-ARC-O3535-D800-65W Warm3000 (WHITE, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG-ARC-O3535-D800-65W Day4000 (BLACK, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG-ARC-O3535-D800-65W Warm3000 (BLACK, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG-ARC-C3535-D1500-61W Day4000 (WHITE, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG-ARC-C3535-D1500-61W Warm3000 (WHITE, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG-ARC-C3535-D1500-61W Day4000 (BLACK, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG-ARC-C3535-D1500-61W Warm3000 (BLACK, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG-ARC-O3535-D1500-124W Day4000 (WHITE, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG-ARC-O3535-D1500-124W Warm3000 (WHITE, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG-ARC-O3535-D1500-124W Day4000 (BLACK, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG-ARC-O3535-D1500-124W Warm3000 (BLACK, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG-ARC-O3535-D3000-250W Day4000 (WHITE, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG ARC-O3535-D3000-250W Warm3000 (WHITE, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG-ARC-O3535-D3000-250W Day4000 (BLACK, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG-ARC-O3535-D3000-250W Warm3000 (BLACK, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG ARC-S3535-D800-65W Day4000 (WHITE, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG ARC-S3535-D800-65W Warm3000 (WHITE, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG ARC-S3535-D800-65W Day4000 (BLACK, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG ARC-S3535-D800-65W Warm3000 (BLACK, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG ARC-S3535-D1500-124W Day4000 (WHITE, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG ARC-S3535-D1500-124W Warm3000 (WHITE, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG ARC-S3535-D1500-124W Day4000 (BLACK, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG ARC-S3535-D1500-124W Warm3000 (BLACK, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник IM-STORM-R95-6W Day4000-MIX (WH, 80 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-STORM-R115-10W Day4000-MIX (WH, 80 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-STORM-R145-15W Day4000-MIX (WH, 80 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-STORM-R175-20W Day4000-MIX (WH, 80 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-STORM-R230-28W Day4000-MIX (WH, 80 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-STORM-R230-35W Day4000-MIX (WH, 80 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTD-70WH 5W Day White 120deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTD-70WH 5W Warm White 120deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTD-80WH 9W White 120deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTD-80WH 9W Day White 120deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTD-80WH 9W Warm White 120deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTD-105WH-FROST-9W Day White 110deg (Arlight, IP44 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTD-105WH-FROST-9W Warm White 110deg (Arlight, IP44 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTD-145WH-FROST-16W White 110deg (Arlight, IP44 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTD-145WH-FROST-16W Day White 110deg (Arlight, IP44 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTD-145WH-FROST-16W Warm White 110deg (Arlight, IP44 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTD-187WH-FROST-21W White 110deg (Arlight, IP44 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTD-187WH-FROST-21W Day White 110deg (Arlight, IP44 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTD-187WH-FROST-21W Warm White 110deg (Arlight, IP44 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTD-220WH-FROST-30W White 110deg (Arlight, IP44 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTD-220WH-FROST-30W Day White 110deg (Arlight, IP44 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTD-220WH-FROST-30W Warm White 110deg (Arlight, IP44 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-CYCLONE-R115-10W Day4000-MIX (WH, 90 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-CYCLONE-R115-10W White6000 (WH, 90 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-CYCLONE-R115-10W Day4000 (WH, 90 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-CYCLONE-R115-10W Warm3000 (WH, 90 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-145WH-Cyclone-14W White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-CYCLONE-R145-14W White6000 (WH, 90 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-CYCLONE-R145-14W Day4000 (WH, 90 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-CYCLONE-R145-14W Warm3000 (WH, 90 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-CYCLONE-R165-18W Day4000 (WH, 90 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-CYCLONE-R165-18W Warm3000 (WH, 90 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-CYCLONE-R200-20W Day4000-MIX (WH, 90 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-CYCLONE-R200-20W White6000 (WH, 90 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-CYCLONE-R200-20W Day4000 (WH, 90 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-CYCLONE-R200-20W Warm3000 (WH, 90 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-200WH-Cyclone-20W Warm White (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник IM-CYCLONE-R230-30W Day4000-MIX (WH, 90 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-CYCLONE-R230-30W White6000 (WH, 90 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-230WH-Cyclone-30W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-CYCLONE-R230-30W Day4000 (WH, 90 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-CYCLONE-R230-30W Warm3000 (WH, 90 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-280WH-Cyclone-40W White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-CYCLONE-R280-40W White6000 (WH, 90 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-CYCLONE-R280-40W Day4000-MIX (WH, 90 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-CYCLONE-R280-40W Day4000 (WH, 90 deg) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник IM-280WH-Cyclone-40W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодная лампа AR-G4-24N1035DS-1.2W-12V Day White (Arlight, -)</t>
+  </si>
+  <si>
+    <t>Светодиодная лампа AR-G4 0.9W 1224 White 12V (Arlight, Открытый)</t>
+  </si>
+  <si>
+    <t>Светодиодная лампа AR-G4 0.9W 1224 Warm 12V (Arlight, Открытый)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ATLAS-BUILT-R58-10W Day4000 (WH-BK, 35 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ATLAS-BUILT-R58-10W Warm3000 (WH-BK, 35 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ATLAS-BUILT-R66-15W Day4000 (WH-BK, 35 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ATLAS-BUILT-R66-15W Warm3000 (WH-BK, 35 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ATLAS-BUILT-R72-20W Day4000 (WH-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ATLAS-BUILT-R72-20W Warm3000 (WH-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ATLAS-BUILT-R90-25W Day4000 (WH-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ATLAS-BUILT-R90-25W Warm3000 (WH-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ATLAS-BUILT-R112-35W Day5000 (WH-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ATLAS-BUILT-R112-35W Day4000 (WH-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ATLAS-BUILT-R112-35W Warm3000 (WH-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ATLAS-BUILT-R58-10W Day4000 (BK-BK, 35 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ATLAS-BUILT-R58-10W Warm3000 (BK-BK, 35 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ATLAS-BUILT-R66-15W Day4000 (BK-BK, 35 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ATLAS-BUILT-R66-15W Warm3000 (BK-BK, 35 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ATLAS-BUILT-R72-20W Day4000 (BK-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ATLAS-BUILT-R72-20W Warm3000 (BK-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ATLAS-BUILT-R90-25W Day4000 (BK-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ATLAS-BUILT-R90-25W Warm3000 (BK-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ATLAS-BUILT-R112-35W Day5000 (BK-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ATLAS-BUILT-R112-35W Day4000 (BK-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ATLAS-BUILT-R112-35W Warm3000 (BK-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-EXPLORER-R100-12W White6000 (WH, 38 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-EXPLORER-R100-12W Day4000 (WH, 38 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-EXPLORER-R100-12W Warm3000 (WH, 38 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-EXPLORER-R130-20W White6000 (WH, 38 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-EXPLORER-R130-20W Day5000 (WH, 38 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-EXPLORER-R130-20W Day4000 (WH, 38 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-EXPLORER-R130-20W Warm3000 (WH, 38 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-150WH-EXPLORER-30W White 38deg (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-150WH-EXPLORER-30W Day5000 38deg (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-150WH-EXPLORER-30W Day White 38deg (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-150WH-EXPLORER-30W Warm White 38deg (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-EXPLORER-R100-12W Day4000 (BK, 38 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-EXPLORER-R100-12W Warm3000 (BK, 38 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-EXPLORER-R130-20W Day4000 (BK, 38 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-EXPLORER-R130-20W Warm3000 (BK, 38 deg, 230V) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MS-FORECAST-BUILT-TURN-R82-8W Day4000 (WH-BK, 32 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-FORECAST-BUILT-TURN-R82-8W Warm3000 (WH-BK, 32 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-FORECAST-BUILT-TURN-R102-12W Day4000 (WH-BK, 32 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-FORECAST-BUILT-TURN-R102-12W Warm3000 (WH-BK, 32 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-FORECAST-BUILT-TURN-R82-8W Day4000 (BK-BK, 32 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-FORECAST-BUILT-TURN-R82-8W Warm3000 (BK-BK, 32 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-FORECAST-BUILT-TURN-R102-12W Day4000 (BK-BK, 32 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-FORECAST-BUILT-TURN-R102-12W Warm3000 (BK-BK, 32 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-LEGEND-R115-10W White6000 (WH, 50 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-LEGEND-R115-10W Day4000 (WH, 50 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-LEGEND-R115-10W Warm3000 (WH, 50 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-LEGEND-R175-20W White6000 (WH, 50 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-LEGEND-R175-20W Day4000 (WH, 50 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-LEGEND-R175-20W Warm3000 (WH, 50 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-LEGEND-R230-35W White6000 (WH, 50 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-LEGEND-R230-35W Day4000 (WH, 50 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-LEGEND-R230-35W Warm3000 (WH, 50 deg) (Arlight, IP20 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTD-95WH 9W White 45deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTD-95WH 9W Day White 45deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTD-95WH 9W Warm White 45deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTD-140WH 25W White 60deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTD-140WH 25W White 30deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTD-140WH 25W Day White 30deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTD-140WH 25W Warm White 60deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник LTD-140WH 25W Warm White 30deg (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ORIENT-BUILT-TURN-TC-S67x67-3W Day4000 (WH-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ORIENT-BUILT-TURN-TC-S67x67-3W Warm3000 (WH-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ORIENT-BUILT-TURN-TC-S67x90-5W Day4000 (WH-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ORIENT-BUILT-TURN-TC-S67x90-5W Warm3000 (WH-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ORIENT-BUILT-TURN-TC-S67x150-10W Day4000 (WH-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ORIENT-BUILT-TURN-TC-S67x150-10W Warm3000 (WH-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ORIENT-BUILT-TURN-TC-S67x300-20W Day4000 (WH-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-ORIENT-BUILT-TURN-TC-S67x300-20W Warm3000 (WH-BK, 30 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-POLAR-TURN-R80-5W Day4000 (WH, 36 deg, 230V) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-POLAR-TURN-R80-5W Warm3000 (WH, 36 deg, 230V) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-POLAR-TURN-R90-7W Day4000 (WH, 36 deg, 230V) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-POLAR-TURN-R90-7W Warm3000 (WH, 36 deg, 230V) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-POLAR-TURN-R105-10W Day4000 (WH, 36 deg, 230V) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник LTD-POLAR-TURN-R105-10W Warm3000 (WH, 36 deg, 230V) (Arlight, IP20 Пластик, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MS-VOLCANO-BUILT-R65-6W Day4000 (WH, 38 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-VOLCANO-BUILT-R65-6W Warm3000 (WH, 38 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-VOLCANO-BUILT-R82-10W Day4000 (WH, 38 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-VOLCANO-BUILT-R82-10W Warm3000 (WH, 38 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-VOLCANO-BUILT-R95-15W Day4000 (WH, 38 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-VOLCANO-BUILT-R95-15W Warm3000 (WH, 38 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-VOLCANO-BUILT-R65-6W Day4000 (BK, 38 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-VOLCANO-BUILT-R65-6W Warm3000 (BK, 38 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-VOLCANO-BUILT-R82-10W Day4000 (BK, 38 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-VOLCANO-BUILT-R82-10W Warm3000 (BK, 38 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-VOLCANO-BUILT-R95-15W Day4000 (BK, 38 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Светильник MS-VOLCANO-BUILT-R95-15W Warm3000 (BK, 38 deg, 230V) (Arlight, IP20 Металл, 5 лет)</t>
+  </si>
+  <si>
+    <t>Корпус SP-LEGEND-R175 (WH) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Корпус SP-LEGEND-R230 (WH) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Корпус SP-LEGEND-R175 (BK) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Корпус SP-LEGEND-R230 (BK) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник DL-85M-4W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-85M-4W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-120M-9W White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-120M-9W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-120M-9W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-142M-13W White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-142M-13W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-142M-13W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-172M-15W White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-172M-15W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-172M-15W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-192M-18W White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-192M-18W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-192M-18W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-225M-21W White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-225M-21W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-225M-21W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-EDGE-R300-24W Day4000 (WH, 115 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-EDGE-R300-24W Warm3000 (WH, 115 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-300M-25W White6000 (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-300M-25W Warm3000 (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-EDGE-R400-34W Day4000 (WH, 115 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-EDGE-R400-34W Warm3000 (WH, 115 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-EDGE-R500-40W Day4000 (WH, 115 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-EDGE-R500-40W Warm3000 (WH, 115 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-600A-48W White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-600A-48W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-600A-48W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-EDGE-R600-50W Day4000 (WH, 115 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-EDGE-R600-50W Warm3000 (WH, 115 deg, 230V) (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-93x93M-5W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-93x93M-5W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-120x120M-9W White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-120x120M-9W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-120x120M-9W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-142x142M-13W White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-142x142M-13W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-142x142M-13W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-172x172M-15W White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-172x172M-15W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-172x172M-15W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-192x192M-18W White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-192x192M-18W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-192x192M-18W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-225x225M-21W White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-225x225M-21W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-225x225M-21W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-300x300M-25W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник DL-300x300M-25W Warm White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник MD120-6W White (Arlight, IP20 Металл, 1 год)</t>
+  </si>
+  <si>
+    <t>Светильник MD150-7W White (Arlight, IP20 Металл, 1 год)</t>
+  </si>
+  <si>
+    <t>Светильник DL-600S-48W Day White (Arlight, IP40 Металл, 3 года)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-3667-1000-27W (BLACK) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-5050-1500-HANG-40W-Day4000 (ANOD, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-HANG-5050-1000-48W Day4000 (BLACK, 230V) (Arlight, Металл)</t>
+  </si>
+  <si>
+    <t>Светильник SP-LINE-6070-2000-HANG-54W-Day4000 (ANOD, 230V) (Arlight, Металл)</t>
+  </si>
+</sst>
+</file>
+
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+  <numFmts count="0"/>
+  <fonts count="1">
+    <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
+  </fonts>
+  <fills count="2">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125">
+        <fgColor rgb="FFFFFFFF"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+  </fills>
+  <borders count="1">
+    <border/>
+  </borders>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+  </cellStyleXfs>
+  <cellXfs count="1">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+  </cellXfs>
+  <cellStyles count="1">
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+  </cellStyles>
+  <dxfs count="0"/>
+  <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
+</styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>